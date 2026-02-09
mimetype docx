--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -1,75 +1,76 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="00A87919" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00A87919" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="8640" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A87919">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PRITARTA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="00A87919" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00A87919" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A87919">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A87919">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -154,51 +155,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A87919">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A87919">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Sedos Vytauto Mačernio gimnazijos tarybos</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="00A87919" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00A87919" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A87919">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A87919">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -281,79 +282,79 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A87919">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A87919">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00CC1A8B">
-[...15 lines deleted...]
-        <w:t>20</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025 m. gruodžio </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2455A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">29 </w:t>
       </w:r>
       <w:r w:rsidRPr="00A87919">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> d. protokoliniu nutarimu</w:t>
+        <w:t>d. protokoliniu nutarimu</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC1A8B" w:rsidRPr="00A87919" w:rsidRDefault="00CC1A8B" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00A87919" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -436,74 +437,74 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Nr.GT-</w:t>
-[...8 lines deleted...]
-        <w:t>2</w:t>
+        <w:t>Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2455A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> GT-2</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="00F74610" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00F74610" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="00E02D3A" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00E02D3A" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E02D3A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E02D3A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E02D3A">
@@ -581,51 +582,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E02D3A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="00E02D3A" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00E02D3A" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E02D3A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E02D3A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E02D3A">
@@ -703,51 +704,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E02D3A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sedos Vytauto Mačernio gimnazijos</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="00905436" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00905436" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E02D3A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E02D3A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -824,372 +825,337 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>vadovo</w:t>
+        <w:t>direktoriaus</w:t>
       </w:r>
       <w:r w:rsidRPr="0093305B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2</w:t>
       </w:r>
-      <w:r w:rsidR="00CC1A8B">
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="005004F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>026 sausio 02</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> d.</w:t>
-[...17 lines deleted...]
-        <w:t>4</w:t>
+        <w:t xml:space="preserve"> d. įsakymu Nr.V1-</w:t>
+      </w:r>
+      <w:r w:rsidR="005004F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D3E99">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="65EE338A" wp14:editId="7E3C2EE3">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2C8F61CD" wp14:editId="13A7C0B4">
             <wp:extent cx="1752600" cy="1495425"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="2" name="Paveikslėlis 2" descr="C:\Users\dalias\OneDrive - sedosgimnazija.lt\Darbalaukis\sedos VM gimnazina LOGOTIPAS 2021 FACEBOOKUI.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\dalias\OneDrive - sedosgimnazija.lt\Darbalaukis\sedos VM gimnazina LOGOTIPAS 2021 FACEBOOKUI.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print">
+                    <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1752600" cy="1495425"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
         <w:t>SEDOS VYTAUTO MAČERNIO GIMNAZIJOS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
         <w:t>VEIKLOS PLANAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRDefault="00CC1A8B" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
-        <w:t>2025</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EE5BF5">
+        <w:t xml:space="preserve">2026 m. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00616633" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
-        <w:t xml:space="preserve"> m. </w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="00616633" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="52"/>
-          <w:szCs w:val="52"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007E73FF" w:rsidRDefault="007E73FF" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007E73FF" w:rsidRDefault="007E73FF" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007E73FF" w:rsidRDefault="007E73FF" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007E73FF" w:rsidRDefault="007E73FF" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00DF3E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>TURINYS</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF3E42">
+    </w:p>
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00DF3E42" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>TURINYS</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
-[...4 lines deleted...]
-          <w:b/>
+    <w:p w:rsidR="008C4E28" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="00DF3E42" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
-[...19 lines deleted...]
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="004E7EE3" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="004E7EE3" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Bendrosios nuostatos</w:t>
       </w:r>
       <w:r w:rsidRPr="004E7EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1296,51 +1262,51 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004E7EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004E7EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
         <w:t>3 p.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="004E7EE3" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="004E7EE3" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Mokyklos pristatymas</w:t>
       </w:r>
       <w:r w:rsidRPr="004E7EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1447,85 +1413,85 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004E7EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004E7EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
         <w:t>4 p.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="004E7EE3" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="004E7EE3" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00CC1A8B">
+      <w:r w:rsidR="00D1434B">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="004E7EE3">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> m.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> situacijos analizė,</w:t>
       </w:r>
       <w:r w:rsidRPr="004E7EE3">
         <w:rPr>
@@ -1615,417 +1581,426 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004E7EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>5 p.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="004E7EE3" w:rsidRDefault="00CC1A8B" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="004E7EE3" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>2024</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EE5BF5">
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1434B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EE5BF5" w:rsidRPr="004E7EE3">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">m. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EE5BF5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E7EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">plano įgyvendinimo </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EE5BF5" w:rsidRPr="004E7EE3">
+        <w:t xml:space="preserve">m. </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>analizė</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EE5BF5" w:rsidRPr="004E7EE3">
+        <w:t xml:space="preserve">plano įgyvendinimo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E7EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EE5BF5" w:rsidRPr="004E7EE3">
+        <w:t>analizė</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E7EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00EE5BF5" w:rsidRPr="004E7EE3">
+      <w:r w:rsidRPr="004E7EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00EE5BF5" w:rsidRPr="004E7EE3">
+      <w:r w:rsidRPr="004E7EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00EE5BF5" w:rsidRPr="004E7EE3">
+      <w:r w:rsidRPr="004E7EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00EE5BF5" w:rsidRPr="004E7EE3">
+      <w:r w:rsidRPr="004E7EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00EE5BF5" w:rsidRPr="004E7EE3">
+      <w:r w:rsidRPr="004E7EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00EE5BF5" w:rsidRPr="004E7EE3">
+      <w:r w:rsidRPr="004E7EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00EE5BF5" w:rsidRPr="004E7EE3">
+      <w:r w:rsidRPr="004E7EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00EE5BF5" w:rsidRPr="004E7EE3">
+      <w:r w:rsidRPr="004E7EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00EE5BF5" w:rsidRPr="004E7EE3">
+      <w:r w:rsidRPr="004E7EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B46F8F">
+      <w:r w:rsidRPr="004E7EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>11</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EE5BF5" w:rsidRPr="004E7EE3">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007972B6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E7EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t xml:space="preserve"> p.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="00672E32" w:rsidRDefault="00CC1A8B" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00672E32" w:rsidRDefault="00D1434B" w:rsidP="008C4E28">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>2024- 2025</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EE5BF5" w:rsidRPr="00672E32">
+        <w:t>2025- 2026</w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="00672E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> m. situacijos analizė</w:t>
       </w:r>
-      <w:r w:rsidR="00EE5BF5" w:rsidRPr="00672E32">
+      <w:r w:rsidR="008C4E28" w:rsidRPr="00672E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00EE5BF5" w:rsidRPr="00672E32">
+      <w:r w:rsidR="008C4E28" w:rsidRPr="00672E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00EE5BF5" w:rsidRPr="00672E32">
+      <w:r w:rsidR="008C4E28" w:rsidRPr="00672E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00EE5BF5" w:rsidRPr="00672E32">
+      <w:r w:rsidR="008C4E28" w:rsidRPr="00672E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00EE5BF5" w:rsidRPr="00672E32">
+      <w:r w:rsidR="008C4E28" w:rsidRPr="00672E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00EE5BF5" w:rsidRPr="00672E32">
+      <w:r w:rsidR="008C4E28" w:rsidRPr="00672E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00EE5BF5" w:rsidRPr="00672E32">
+      <w:r w:rsidR="008C4E28" w:rsidRPr="00672E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00EE5BF5" w:rsidRPr="00672E32">
+      <w:r w:rsidR="008C4E28" w:rsidRPr="00672E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00EE5BF5" w:rsidRPr="00672E32">
+      <w:r w:rsidR="008C4E28" w:rsidRPr="00672E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00EE5BF5" w:rsidRPr="00672E32">
+      <w:r w:rsidR="008C4E28" w:rsidRPr="00672E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00EE5BF5" w:rsidRPr="00672E32">
+      <w:r w:rsidR="008C4E28" w:rsidRPr="00672E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00EE5BF5" w:rsidRPr="00672E32">
+      <w:r w:rsidR="008C4E28" w:rsidRPr="00672E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B46F8F">
+      <w:r w:rsidR="007972B6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>17</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EE5BF5" w:rsidRPr="00672E32">
+        <w:t>16</w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="00672E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> p.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="00672E32" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00672E32" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00CC1A8B">
+      <w:r w:rsidR="00D1434B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00672E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> m. metiniai veiklos tikslai, uždaviniai ir priemonės</w:t>
       </w:r>
       <w:r w:rsidRPr="00672E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00672E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -2055,70 +2030,70 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00672E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00672E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B46F8F">
+      <w:r w:rsidR="007972B6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>18</w:t>
+        <w:t>17</w:t>
       </w:r>
       <w:r w:rsidRPr="00672E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> p.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="00872223" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00872223" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00872223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Baigiamosios nuostatos</w:t>
       </w:r>
       <w:r w:rsidRPr="00872223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2214,70 +2189,70 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00872223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00872223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B46F8F">
+      <w:r w:rsidR="007972B6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>22</w:t>
+        <w:t>20</w:t>
       </w:r>
       <w:r w:rsidRPr="00872223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> p.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="00872223" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00872223" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00872223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Priedai (metodinių grupių, specialistų planai)</w:t>
       </w:r>
       <w:r w:rsidRPr="00872223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2337,33665 +2312,29452 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00872223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00872223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B46F8F">
+      <w:r w:rsidR="007972B6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>23</w:t>
+        <w:t>21</w:t>
       </w:r>
       <w:r w:rsidRPr="00872223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> p.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE57A0" w:rsidRDefault="00FE57A0" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE57A0" w:rsidRDefault="00FE57A0" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE57A0" w:rsidRDefault="00FE57A0" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE57A0" w:rsidRDefault="00FE57A0" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE57A0" w:rsidRDefault="00FE57A0" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE57A0" w:rsidRDefault="00FE57A0" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE57A0" w:rsidRDefault="00FE57A0" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="009935F3" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="009935F3" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009935F3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>BENDROSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00F501B7" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="000C3D05" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C3D05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Sedos </w:t>
       </w:r>
-      <w:r w:rsidR="009E2079">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="000C3D05" w:rsidRPr="000C3D05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vytauto Mačernio gimnazijos 2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C3D05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> metų veiklos planas, parengtas atsižvelgus į strateginį gimnazijos planą, švietimo būklę, bendruomenės poreikius, nustato metinius gimnazijos tikslus bei uždavinius, apibrėžia prioritetus ir priemones uždaviniams vykdyti.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="000C3D05" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="000C3D05" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="000C3D05" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> programas vykdyti neformalųjį švietimą, racionaliai, taupiai ir tikslingai naudoti švietimui skirtus išteklius.</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C3D05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Įgyvendinant valstybinę švietimo politiką siekiama teikti kokybiškas švietimo paslaugas, atitinkančias nuolat kintančias visuomenės reikmes, tenkinti Sedos miestelio ir Mažeikių rajono ugdymosi poreikius, laiduoti pradinio, pagrindinio ir vidurinio išsilavinimo įsigijimą, per neformaliojo švietimo programas vykdyti neformalųjį švietimą, racionaliai, taupiai ir tikslingai naudoti švietimui skirtus išteklius.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="000C3D05" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="000C3D05" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="00CD1F5F" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="000C3D05" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...97 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C3D05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Planas parengtas atsižvelgiant į Mažeikių rajono savivaldybės admini</w:t>
+      </w:r>
+      <w:r w:rsidR="000C3D05" w:rsidRPr="000C3D05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>stracijos Švietimo skyriaus 2025-2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C3D05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokslo metų veiklos programos prioritetus,  </w:t>
+      </w:r>
+      <w:r w:rsidR="000C3D05" w:rsidRPr="000C3D05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2025-2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C3D05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokslo metų Sedos Vytauto Mačernio gimnazijos ugdymo planą, patvirtintą gimnazijos </w:t>
+      </w:r>
+      <w:r w:rsidR="000C3D05" w:rsidRPr="000C3D05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>direktoriaus 2025 m. rugsėjo 01</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C3D05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d. įsakymu N</w:t>
+      </w:r>
+      <w:r w:rsidR="000C3D05" w:rsidRPr="000C3D05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>r. V1- 97</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C3D05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> , Geros  mokyklos koncepciją, patvirtintą LR švietimo ir mokslo ministro 2015-12-21 įsakymu Nr. V-1308 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="001C7EDE" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="000C3D05" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="000C3D05" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="000C3D05" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C3D05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Planą įgyvendins sudarytos darbo grupės, susidedančios iš gimnazijos administracijos, pedagoginių ir kitų ugdymo procese dalyvaujančių specialistų bei nepedagoginiai darbuotojai, ugdytiniai ir jų tėvai bei globėjai, miestelio bendruomenės nariai.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="008C4E28" w:rsidRPr="000C3D05" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="00FE3F19" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00FE3F19" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE3F19">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>MOKYKLOS PRISTATYMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="002C49B1" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="002C49B1" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="00CD1F5F" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00CD1F5F" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD1F5F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Misija</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="00CD1F5F" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00CD1F5F" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD1F5F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Ugdyti harmoningą ir atsakingą asmenybę mokymąsi skatinančioje aplinkoje.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="00CD1F5F" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00CD1F5F" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:ind w:firstLine="1296"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="00CD1F5F" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00CD1F5F" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD1F5F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Vizija</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="00CD1F5F" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00CD1F5F" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD1F5F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Priartinti akademinį mokymo turinį prie gyvenimo poreikių.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="00567E5A" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00567E5A" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="00567E5A" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00567E5A" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="00567E5A" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00567E5A" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00567E5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Vertybės</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="00567E5A" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00567E5A" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00567E5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Bendrystė, atsakomybė, lyderystė, saugumas ir tradicijos.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B46F8F" w:rsidRPr="00B6427F" w:rsidRDefault="00B46F8F" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00B6427F" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:ind w:firstLine="1296"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="003E4FF6" w:rsidRDefault="00567E5A" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="003E4FF6" w:rsidRDefault="008B6291" w:rsidP="008C4E28">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>2024</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EE5BF5" w:rsidRPr="003E4FF6">
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="003E4FF6">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> M. SITUACIJOS ANALIZĖ, VEIKLOS PLANO VYKDYMO ANALIZĖ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="00E5646C" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00461627" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E5646C">
+      <w:r w:rsidRPr="00461627">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mokinių, klasių komplektų skaičius, k</w:t>
       </w:r>
-      <w:r w:rsidR="00567E5A">
+      <w:r w:rsidR="00461627" w:rsidRPr="00461627">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>iti duomenys apie gimnaziją 2023-2024</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E5646C">
+        <w:t>iti duomenys apie gimnaziją 2024-2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00461627">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> m. m. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="00096015" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00E41451" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:ind w:firstLine="1296"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00096015">
+      <w:r w:rsidRPr="00CE32E3">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Gimnazijoje mokėsi </w:t>
       </w:r>
-      <w:r w:rsidR="00C023FC">
-[...8 lines deleted...]
-      <w:r w:rsidR="00096015" w:rsidRPr="00096015">
+      <w:r w:rsidR="005D4C90" w:rsidRPr="00CE32E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>350</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB42E7" w:rsidRPr="00CE32E3">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> mokin</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C023FC">
+        <w:t xml:space="preserve"> mokinių: </w:t>
+      </w:r>
+      <w:r w:rsidR="00E41451" w:rsidRPr="00E41451">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pradinėse klasėse mokosi 112 mokinių, 5-8 klasėse-  110 mokinių, I- II klasėse- 83 mokiniai, III- IV klasėse- 45 mokiniai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E41451">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ių: 98</w:t>
-[...87 lines deleted...]
-        <w:t xml:space="preserve"> klasių komplektų.</w:t>
+        <w:t>. Suformuota 18 klasių komplektų.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="00AE1F2D" w:rsidRDefault="00C305C9" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="008B6291" w:rsidRDefault="00CE035B" w:rsidP="008C4E28">
       <w:pPr>
         <w:ind w:firstLine="1296"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895742">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Gimnazijoje buvo ugdomas 45</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006F4A4B" w:rsidRPr="00AE1F2D">
+        <w:t>Gimnazijoje buvo ugdomi 36 specialiųjų poreikių mokiniai</w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="00895742">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> specialiųjų poreikių mokinių bendrose klasėse: 5 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006F4A4B" w:rsidRPr="00AE1F2D">
+        <w:t xml:space="preserve"> bendrose klasėse</w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="008B6291">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="00895742">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5 </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="00895742">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>su dideliais specialiaisiais ugdymosi poreikiais</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="00895742">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, 23</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006F4A4B" w:rsidRPr="00AE1F2D">
+        <w:t xml:space="preserve">, 23 </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="00895742">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>su vidutiniais specialiaisiais ugdymosi poreikiais</w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="00895742">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">, 17 </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="00895742">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinių, turinčių fonologinių sutrikimų.</w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="008B6291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006F4A4B" w:rsidRPr="00AE1F2D">
-[...8 lines deleted...]
-      <w:r w:rsidR="006F4A4B" w:rsidRPr="00AE1F2D">
+      <w:r w:rsidR="008C4E28" w:rsidRPr="00A25C91">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, 17 </w:t>
-[...10 lines deleted...]
-      <w:r w:rsidR="00EE5BF5" w:rsidRPr="00AE1F2D">
+        <w:t xml:space="preserve">Gimnazijoje dirbantys specialistai ( specialusis pedagogas, </w:t>
+      </w:r>
+      <w:r w:rsidR="00895742" w:rsidRPr="00A25C91">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Gimnazijoje dirbantys specialistai ( spe</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006F4A4B" w:rsidRPr="00AE1F2D">
+        <w:t>logopedas</w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="00A25C91">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>cialusis pedagogas, logopedas, 7</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EE5BF5" w:rsidRPr="00AE1F2D">
+        <w:t>, psichologas, socialinis pedagogas)</w:t>
+      </w:r>
+      <w:r w:rsidR="00895742" w:rsidRPr="00A25C91">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">  mokytojų padėjėjai, psichologas, socialinis pedagogas) teikė šiems mokiniams specialiąją pedagoginę pagalbą.</w:t>
+        <w:t>, mokinio padėjėjai</w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="00A25C91">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> teikė šiems mokiniams specialiąją pedagoginę pagalbą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="004B6760" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00D74106" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B6760">
+      <w:r w:rsidRPr="00D74106">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mokinių pažangumo ir kokybės rodikliai:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="15446" w:type="dxa"/>
+        <w:tblW w:w="7654" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2802"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="5840"/>
+        <w:gridCol w:w="3685"/>
+        <w:gridCol w:w="3969"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EE5BF5" w:rsidRPr="004B6760" w:rsidTr="00FE57A0">
-[...25 lines deleted...]
-            <w:tcW w:w="2409" w:type="dxa"/>
+      <w:tr w:rsidR="00D74106" w:rsidRPr="00D74106" w:rsidTr="00052655">
+        <w:trPr>
+          <w:trHeight w:val="479"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE5BF5" w:rsidRPr="004B6760" w:rsidRDefault="00EE5BF5" w:rsidP="00CF2F31">
+          <w:p w:rsidR="009D41F4" w:rsidRPr="00D74106" w:rsidRDefault="009D41F4" w:rsidP="00052655">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B6760">
+            <w:r w:rsidRPr="00D74106">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>1-4 klasės</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4395" w:type="dxa"/>
+              <w:t>Pažangumas %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009D41F4" w:rsidRPr="00D74106" w:rsidRDefault="00D74106" w:rsidP="00CC4E6C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>98</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D41F4" w:rsidRPr="008B6291" w:rsidTr="00052655">
+        <w:trPr>
+          <w:trHeight w:val="479"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE5BF5" w:rsidRPr="004B6760" w:rsidRDefault="00EE5BF5" w:rsidP="00CF2F31">
+          <w:p w:rsidR="009D41F4" w:rsidRPr="00CC4E6C" w:rsidRDefault="009D41F4" w:rsidP="00052655">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B6760">
+            <w:r w:rsidRPr="00CC4E6C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>5-II klasės</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="5840" w:type="dxa"/>
+              <w:t>Kokybė  %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00EE5BF5" w:rsidRPr="004B6760" w:rsidRDefault="00EE5BF5" w:rsidP="00CF2F31">
+          </w:tcPr>
+          <w:p w:rsidR="009D41F4" w:rsidRPr="00CC4E6C" w:rsidRDefault="00D74106" w:rsidP="00A84E85">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B6760">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>III – IV klasės</w:t>
-[...267 lines deleted...]
-              <w:t>34</w:t>
+              <w:t>40,23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="00C75B41" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="008B6291" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C75B41">
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00052655">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00C75B41" w:rsidRPr="00C75B41">
-[...51 lines deleted...]
-        <w:t xml:space="preserve"> mokiniai.</w:t>
+      <w:r w:rsidR="00052655" w:rsidRPr="00052655">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>radinio ugdymo programą baigė 23 mokiniai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00052655">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61AC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pagr</w:t>
+      </w:r>
+      <w:r w:rsidR="00D61AC0" w:rsidRPr="00D61AC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>indinio ugdymo programą baigė 32</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61AC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokiniai. Vidurinio ugdymo prog</w:t>
+      </w:r>
+      <w:r w:rsidR="00D61AC0" w:rsidRPr="00D61AC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ramą baigė 16 mokinių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61AC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="00140654" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00CC79BA" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B86C84">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00103780">
+      <w:r w:rsidRPr="008B6291">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:br w:type="textWrapping" w:clear="all"/>
+      </w:r>
+      <w:r w:rsidR="00CC79BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00567E5A">
+      <w:r w:rsidR="00CC79BA" w:rsidRPr="00CC79BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2023- 2024</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00140654">
+        <w:t>2024- 2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC79BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> m. m. nacionalinio mokinių pasiekimų patikrinimo rezultatai:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="007E73FF" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00CC79BA" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007E73FF">
+      <w:r w:rsidRPr="00CC79BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4 klasė</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...534 lines deleted...]
-    <w:p w:rsidR="00F86CED" w:rsidRPr="007E73FF" w:rsidRDefault="00EE5BF5" w:rsidP="00F86CED">
+    <w:p w:rsidR="00853836" w:rsidRPr="008B6291" w:rsidRDefault="00853836" w:rsidP="008C4E28">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...602 lines deleted...]
-      <w:r w:rsidRPr="00CF2F31">
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00853836">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3FA793FA" wp14:editId="53CB3B8A">
-            <wp:extent cx="9963150" cy="952500"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5C33CD64" wp14:editId="4B6B564E">
+            <wp:extent cx="9753600" cy="1181100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="3" name="Paveikslėlis 3"/>
-[...77 lines deleted...]
-            <wp:docPr id="1" name="Paveikslėlis 1"/>
+            <wp:docPr id="4" name="Paveikslėlis 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="9974117" cy="2505437"/>
+                      <a:ext cx="9754996" cy="1181269"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="00600535" w:rsidRDefault="00567E5A" w:rsidP="00EE5BF5">
-[...42 lines deleted...]
-        <w:t xml:space="preserve"> M. M. DALYVAVIMAS OLIMPIADOSE, KONKURSUOSE, PASIEKIMAI</w:t>
+    <w:p w:rsidR="008C4E28" w:rsidRPr="007E73FF" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E73FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8 klasė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4E28" w:rsidRDefault="00CC79BA" w:rsidP="008C4E28">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC79BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7DCCC8F7" wp14:editId="67045DB0">
+            <wp:extent cx="9791700" cy="1133475"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:docPr id="6" name="Paveikslėlis 6"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="9793099" cy="1133637"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0009079D" w:rsidRDefault="0009079D" w:rsidP="008C4E28">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00B9647F" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B9647F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pagrindinio ugdymo pasiekimų patikrinimo rezultatai:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006665E5" w:rsidRDefault="00AF7BDD" w:rsidP="008C4E28">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7BDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="126C6D34" wp14:editId="48983341">
+            <wp:extent cx="9877425" cy="1181100"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+            <wp:docPr id="5" name="Paveikslėlis 5"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId11"/>
+                    <a:srcRect t="3876"/>
+                    <a:stretch/>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="9878800" cy="1181264"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4E28" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F54A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Valstybinių brandos egzaminų rezultatai:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4E28" w:rsidRPr="007578BF" w:rsidRDefault="00444B34" w:rsidP="008C4E28">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00444B34">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="14F4AECE" wp14:editId="651CD367">
+            <wp:extent cx="9782175" cy="2990850"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+            <wp:docPr id="1" name="Paveikslėlis 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="9794967" cy="2994761"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A84E85" w:rsidRPr="00E27A8C" w:rsidRDefault="00A84E85" w:rsidP="00A84E85">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E27A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2024-2025 M. M. DALYVAVIMAS OLIMPIADOSE, KONKURSUOSE, PASIEKIMAI</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
-        <w:tblW w:w="15593" w:type="dxa"/>
-[...1 lines deleted...]
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="851"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="3118"/>
+        <w:gridCol w:w="562"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="3809"/>
+        <w:gridCol w:w="1436"/>
+        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="1359"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00600535" w:rsidRPr="00600535" w:rsidTr="00FE57A0">
-[...68 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Eil. nr.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Mokinio vardas, pavardė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Klasė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mokytojas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-[...49 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Rajoniniai konkursai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
-[...20 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Užimta vieta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-[...20 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Respublikiniai konkursai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
-[...20 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Užimta vieta</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00600535" w:rsidRPr="00600535" w:rsidTr="00FE57A0">
-[...116 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Jaunė Monkauskaitė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2b</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>G. Vainutienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Meninio skaitymo konkursas</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...48 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Emma Podhel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I. Zozienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Konkursas ,, Virtuali užgavienių kaukė“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>III vieta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Rusnė Bružaitė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I. Zozienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Konkursas ,, Virtuali užgavienių kaukė“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dalyvavo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-[...53 lines deleted...]
-            <w:pPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Elija Zozaitė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I. Zozienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Konkursas ,, Virtuali užgavienių kaukė“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Vilija Švelnytė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3b</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>R. Urnėžienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Telšių KC organizuotas konkursas ,, Užgavieniu Muonầ“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I vieta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Emilija Jonaitytė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T. Saračinskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Anglų kalbos olimpiada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Kajus Udalcovas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>R. Šmaižienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Anglų kalbos olimpiada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Augustė Grinytė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>R. Šmaižienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Anglų kalbos olimpiada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Emilija Viliūtė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I. Lileikienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dailės olimpiada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00600535">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>III vieta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Liepa Derkintytė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>R. Čičirkaitė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I. Zozienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Raštingiausio moksleivio konkursas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Matematikos olimpiada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="20"/>
-[...16 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>II vieta</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dalyvavo</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00600535" w:rsidRPr="00600535" w:rsidTr="00FE57A0">
-[...168 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Adrija Vyniautaitė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I. Lileikienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dailės olimpiada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00600535" w:rsidRPr="00600535" w:rsidTr="00FE57A0">
-[...124 lines deleted...]
-            <w:r w:rsidRPr="00600535">
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Rusnė Stonytė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>R. Čičirkaitė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Raštingiausio moksleivio konkursas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Saulė Bumblytė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I. Lileikienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dailės olimpiada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Mantė Nabažaitė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>R. Makreckienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>L. Steponkevičienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Raštingiausio moksleivio konkursas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Matematikos olimpiada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Gintė Paulauskaitė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>R. Makreckienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Raštingiausio moksleivio konkursas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Emilijus Bumblys</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>V. Urbonienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>L. Steponkevičienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Anglų k. olimpiada</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Matematikos olimpiada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Emilijus Krevys</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>V. Urbonienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Anglų k. olimpiada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Kamilė Radavičiūtė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6b</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I. Lileikienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>V. Raišutienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dailės olimpiada</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Raštingiausio moksleivio konkursas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="20"/>
-[...52 lines deleted...]
-            <w:r w:rsidRPr="00600535">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Nominacija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ieva Mileriūtė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6b</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>V. Raišutienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>R. Šmaižienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Raštingiausio moksleivio konkursas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Anglų k. olimpiada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            </w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00600535" w:rsidRPr="00600535" w:rsidTr="00FE57A0">
-[...24 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Viltė Bružaitė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>V. Katkuvienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>V. Raišutienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I. Zozienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>L. Kekienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Biologijos olimpiada</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Raštingiausio moksleivio konkursas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Matematikos olimpiada</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>7 kl. rusų k. konkursas ,,Quizizz“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>III vieta</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Veivižėnų Jurgio Šaulio organizuojamas konkursas "STEAM varžytuvės".</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dominykas Alseika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>V. Raišutienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Raštingiausio moksleivio konkursas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>II vieta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Justė Stonkutė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I. Zozienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>L. Kekienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>7 kl. Rusų k. konkursas ,,Quizizz“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Veivižėnų Jurgio Šaulio organizuojamas konkursas "STEAM varžytuvės".</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Kamilė Vaitkevičiūtė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>L. Kekienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>7 kl. Rusų k. konkursas ,,Quizizz“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I vieta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Rugilė Nabažaitė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>V. Raišutienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Konkursas „Skaitome</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>žemaitiškai”</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>M. K. Oginskio vardo meninio skaitymo konkursas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>II vieta</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Marija Čiuldytė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I. Lileikienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Piešinių konkursas ,, Žemės pasakojimai 2025“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Nominacija už linksmiausią piešinio nuotaiką</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Tarptautinis mokinių meninės kūrybos konkursas ,, Dzideli dzyvai, Kalėda“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Prizininkė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Eimantė Nugarytė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I. Lileikienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dailės olimpiada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greta Jasmontaitė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I. Lileikienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dailės olimpiada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Eivina Jokubauskaitė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I. Lileikienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dailės olimpiada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Vitalijus Dobrovolskis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A. Žukauskas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Stalo teniso varžybos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ugnė Budreckytė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>V. Katkuvienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>V. Raišutienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Biologijos olimpiada</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Raštingiausio moksleivio konkursas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>II vieta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Matas Rimgaila</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>V. Katkuvienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>V. Lukauskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Biologijos olimpiada</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Matematikos olimpiada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Fausta Palšytė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>V. Raišutienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Raštingiausio moksleivio konkursas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Frėja Gineitytė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T. Saračinskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Anglų k. olimpiada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Greta Jasmontaitė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T. Saračinskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Anglų k. olimpiada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Justas Litvinas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>V. Urbonienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Anglų k. olimpiada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dovilė Gabalytė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I. Lileikienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dailės olimpiada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Augustė Grikštaitė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>V. Urbonienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Anglų k. konkursas ,, Verstuvės“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I vieta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ramūnas Česnauskas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>D. Girdvainytė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Geografijos olimpiada ,, Mano gaublys“</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Rajoninė geografijos olimpiada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I vieta</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>II vieta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Augustė Balsytė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I. Lileikienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dailės olimpiada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Gabrielius Laivys</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A. Žukauskas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Krepšinio varžybos 3x3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>III vieta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Krepšinio varžybos 3x3 Ylakiuose</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I vieta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Benediktas Milevičius</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A. Žukauskas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Svarsčių  kilnojimo varžybos</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Štangos spaudimo varžybos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I vieta</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I vieta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Valdas Jasas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>V. Katkuvienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I. Zozienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Biologijos olimpiada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Veivižėnų Jurgio Šaulio organizuojamas konkursas "STEAM varžytuvės".</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Matas Monstavičius</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>V. Katkuvienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I. Joeikienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I. Zozienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Biologijos olimpiada</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Fizikos olimpiada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Veivižėnų Jurgio Šaulio organizuojamas konkursas "STEAM varžytuvės".</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Gabija Udalcovaitė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I b</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>L. Steponkevičienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Projektas ,,Asmeniniai finansai ir jų valdymas“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Sertifikatas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Deimantė Bružaitė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I b</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>R. Čičirkaitė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>M. K. Oginskio vardo meninio skaitymo konkursas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Gabrielius Bružas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I b</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A. Žukauskas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Svarsčių  kilnojimo varžybos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>III vieta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Matas Klemenis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I b</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A. Žukauskas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Svarsčių  kilnojimo varžybos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>II vieta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Anastasija Čiuldytė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>II a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I. Lileikienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dailės olimpiada</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Konkursas ,, Žemės pasakojimai“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>III vieta</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>II vieta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Tarptautinis piešinių konkursas ,, Gamta – didelis stebuklas“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nominacija </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>už nuotaikos perteikimą</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Alanta Ružauskaitė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>II a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I. Lileikienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dailės olimpiada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Deividas Čeporius</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>II a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A. Žukauskas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Svarsčių  kilnojimo varžybos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>III vieta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Nojus Bukauskas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>II a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A. Žukauskas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Stalo teniso varžybos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ignas Martinkus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>II a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Z. Tenienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A. Žukauskas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Chemijos olimpiada</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Stalo teniso varžybos</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Baudų metimo konkursas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Tritaškių metimo konkursas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Krepšinio varžybos 3x3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I vieta</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I vieta</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>III vieta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Krepšinio varžybos 3x3 Ylakiuose</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I vieta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Domantas Mitkus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>II a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Krepšinio varžybos 3x3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>III vieta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Krepšinio varžybos 3x3 Ylakiuose</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I vieta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Deimantė Turauskaitė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>II a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I. Joneikienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T. Saračinskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Fizikos olimpiada</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Anglų k. olimpiada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>II vieta</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Saulė Janušaitė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>II a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T. Saračinskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Anglų k. olimpiada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ugnius Zubavičius</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>II b</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>D. Girdvainytė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Geografijos olimpiada ,, Mano gaublys“</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Rajoninė geografijos olimpiada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>II vieta</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Iveta Noreikytė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>III</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>L. Steponkevičienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Projektas ,,Asmeniniai finansai ir jų valdymas“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Sertifikatas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Esteras Butkus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>III</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>V. Urbonienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Anglų k. olimpiada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Augustė Česnauskaitė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>III</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>V. Urbonienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>V. Katkuvienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>4.</w:t>
-[...81 lines deleted...]
-          <w:p w:rsidR="00600535" w:rsidRPr="00600535" w:rsidRDefault="00600535" w:rsidP="00CF2F31">
+              <w:t>I Lileikienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>V. Urbonienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Anglų k. olimpiada</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Biologijos olimpiada</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Dailės Olimpiada</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Konkursas ,, Žemės pasakojimai“</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Anglų k. konkursas ,, Verstuvės“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="20"/>
-[...44 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00600535">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>I vieta</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="20"/>
-[...127 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>II vieta</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>III Vieta</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>II vieta + nominacija</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dalyvavo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-[...3567 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>23.</w:t>
-[...4226 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t>Respublokinė anglų k. olimpiada</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Respublikinė biologijos olimpiada</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Dalyvavo</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00600535" w:rsidRPr="00600535" w:rsidRDefault="00600535" w:rsidP="00CF2F31">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Dalyvavo</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00600535" w:rsidRPr="00600535" w:rsidRDefault="00600535" w:rsidP="00CF2F31">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pijus Stropus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>III</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A. Žukauskas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Štangos spaudimo varžybos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>III vieta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Esteras Butkus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>III</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>V. Urbonienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Anglų k. konkursas ,, Verstuvės“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dalyvavo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-[...27 lines deleted...]
-          <w:p w:rsidR="00600535" w:rsidRPr="00600535" w:rsidRDefault="00600535" w:rsidP="00CF2F31">
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00600535" w:rsidRPr="00600535" w:rsidTr="00FE57A0">
-[...165 lines deleted...]
-          <w:p w:rsidR="00600535" w:rsidRPr="00600535" w:rsidRDefault="00600535" w:rsidP="00CF2F31">
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Agnė Noreikaitė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>R. Makreckienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Meninio skaitymo konkursas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00600535" w:rsidRPr="00600535" w:rsidTr="00FE57A0">
-[...165 lines deleted...]
-            <w:pPr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Nedas Anužis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A. Žukauskas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Stalo teniso varžybos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>III vieta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00600535" w:rsidRPr="00600535" w:rsidTr="00FE57A0">
-[...125 lines deleted...]
-          <w:p w:rsidR="00600535" w:rsidRPr="00600535" w:rsidRDefault="00600535" w:rsidP="00CF2F31">
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Deividas Norkus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>L. Steponkevičienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Projektas ,,Asmeniniai finansai ir jų valdymas“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Sertifikatas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00600535">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dairūnas Žilinskas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Z. Tenienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Chemijos olimpiada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Matas Vainutis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Z. Tenienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Chemijos olimpiada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Vaida Vaitkutė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>V. Katkuvienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Biologijos olimpiada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Akvilė Kličiūtė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A. Žukauskas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Štangos spaudimo varžybos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>II vieta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-[...35 lines deleted...]
-          <w:p w:rsidR="00600535" w:rsidRPr="00600535" w:rsidRDefault="00600535" w:rsidP="00CF2F31">
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Toma Gaudušaitė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A. Žukauskas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Štangos spaudimo varžybos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00600535">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I vieta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            </w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00600535" w:rsidRPr="00600535" w:rsidTr="00FE57A0">
-[...108 lines deleted...]
-          <w:p w:rsidR="00600535" w:rsidRPr="00600535" w:rsidRDefault="00600535" w:rsidP="00CF2F31">
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Komanda</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I. Noreikienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Kvadrato varžybos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dalyvavo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="20"/>
-[...44 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Komanda</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I - II</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A. Žukauskas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Svarsčių  kilnojimo varžybos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00600535">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>II vieta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            </w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00600535" w:rsidRPr="00600535" w:rsidTr="00FE57A0">
-[...199 lines deleted...]
-          <w:p w:rsidR="00600535" w:rsidRPr="00600535" w:rsidRDefault="00600535" w:rsidP="00CF2F31">
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Komanda</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I-IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A. Žukauskas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Štangos spaudimo varžybos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>III vieta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00600535">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Komanda:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Matijus Jučinskas 6 kl.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Gabrielius Laivys I a</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Nojus Bukauskas II a</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ignas Martinkus II a</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Domantas Mitkus II a</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dominykas Jansonas II a</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Deivydas Čeporius II a</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ugnius Zubavičius II b</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Mantas Butkus IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6-IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A. Žukauskas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Krepšinio varžybos Žemaičių Kalvarijoje</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Laureatė</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>II vieta</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00600535" w:rsidRPr="00600535" w:rsidTr="00FE57A0">
-[...124 lines deleted...]
-            <w:r w:rsidRPr="00600535">
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Komanda:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Guoda Kareivaitė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lukrecija Černauskytė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ugnius Zubavičius</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dovydas Švelnys</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>II a</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>II a</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>II b</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I b</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I. Jonušienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lietuvos policijos organizuojamas rajoninis konkursas ,, Aš ir policija“</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I etapas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I vieta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Respublikinis turas Šiauliuose</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>,, Aš ir policija“ II etapas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>III vieta</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...30 lines deleted...]
-            <w:pPr>
+      </w:tr>
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Komanda:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Matas Monstavičius</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Valdas Jasas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Auksė Barzinskaitė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Gabija Udalcovaitė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I a</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I a</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I b</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I b</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I. Jonušienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lietuvos policijos organizuojamas rajoninis konkursas ,, Aš ir policija“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>III vieta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00600535" w:rsidRPr="00600535" w:rsidTr="00FE57A0">
-[...252 lines deleted...]
-          <w:p w:rsidR="00600535" w:rsidRPr="00600535" w:rsidRDefault="00600535" w:rsidP="00CF2F31">
+      <w:tr w:rsidR="002846D2" w:rsidTr="002846D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Emilija Jonaitytė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Kajus Udalcovas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I. Noreikienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Regioninė konferencija Papilėje ,, Mokomės tyrinėdami“ pranešimo tema ,,Žiemojantys paukščiai“</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Regioninė konferencija Viekšniuose  pranešimo tema ,, Gandralizdžiai mūsų aplinkoje“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="002846D2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00600535">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002846D2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="20"/>
-[...7450 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ruošė ir skaitė pranešimus</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FE57A0" w:rsidRDefault="00FE57A0" w:rsidP="007578BF">
+    <w:p w:rsidR="002846D2" w:rsidRPr="002846D2" w:rsidRDefault="002846D2" w:rsidP="00A84E85">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A84E85" w:rsidRPr="00A84E85" w:rsidRDefault="00A84E85" w:rsidP="00A84E85">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C4E28" w:rsidRPr="008B6291" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00BB22B0" w:rsidRDefault="00BB22B0" w:rsidP="008C4E28">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00BB22B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="00BB22B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> M. PLANO ĮGYVENDINIMO ANALIZĖ</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="003269BC" w:rsidRDefault="00567E5A" w:rsidP="007578BF">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00BB22B0" w:rsidRDefault="00BB22B0" w:rsidP="008C4E28">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB22B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="00BB22B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m. gimnazijos veiklos plane buvo numatytas tikslas ir uždaviniai:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB22B0" w:rsidRPr="00BB22B0" w:rsidRDefault="00BB22B0" w:rsidP="00BB22B0">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00BB22B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2024</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EE5BF5" w:rsidRPr="003269BC">
+        <w:t>Tikslas: Gerinti mokinių ugdymo kokybę, tobulinant ugdymo galimybes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB22B0" w:rsidRPr="00BB22B0" w:rsidRDefault="00BB22B0" w:rsidP="00BB22B0">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> M. PLANO ĮGYVENDINIMO ANALIZĖ</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB22B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Uždaviniai:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="003269BC" w:rsidRDefault="00567E5A" w:rsidP="00EE5BF5">
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> m. gimnazijos veiklos plane buvo numatytas tikslas ir uždaviniai:</w:t>
+    <w:p w:rsidR="00BB22B0" w:rsidRPr="00BB22B0" w:rsidRDefault="00BB22B0" w:rsidP="00BB22B0">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB22B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vykdyti TŪM programos veiklas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FD1CE2" w:rsidRPr="00FD1CE2" w:rsidRDefault="00FD1CE2" w:rsidP="00FD1CE2">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00FD1CE2">
+    <w:p w:rsidR="00BB22B0" w:rsidRPr="00BB22B0" w:rsidRDefault="00BB22B0" w:rsidP="00BB22B0">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Tikslas:  </w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00FD1CE2">
+      </w:pPr>
+      <w:r w:rsidRPr="00BB22B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">   </w:t>
-[...8 lines deleted...]
-        <w:t>Gerinti ugdymo(si) organizavimą, siekiant kiekvieno mokinio asmeninės ūgties.</w:t>
+        <w:t xml:space="preserve">Užtikrinti saugią, kokybišką socialinę emocinę aplinką įvairių ugdymosi poreikių mokiniams. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FD1CE2" w:rsidRPr="00FD1CE2" w:rsidRDefault="00FD1CE2" w:rsidP="00FD1CE2">
-[...60 lines deleted...]
-    <w:p w:rsidR="00FD1CE2" w:rsidRPr="00FD1CE2" w:rsidRDefault="00FD1CE2" w:rsidP="00FD1CE2">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00BB22B0" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">2. </w:t>
-[...9 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FD1CE2" w:rsidRPr="007958A7" w:rsidRDefault="00FD1CE2" w:rsidP="00FD1CE2">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00BB22B0" w:rsidRDefault="00BB22B0" w:rsidP="008C4E28">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
-        <w:ind w:firstLine="720"/>
-[...6 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB22B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="00BB22B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  metų veiklos analizė.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRDefault="005D6614" w:rsidP="00EE5BF5">
-[...28 lines deleted...]
-        <w:t xml:space="preserve">  metų veiklos analizė.</w:t>
+    <w:p w:rsidR="008C4E28" w:rsidRPr="009C1441" w:rsidRDefault="008C4E28" w:rsidP="00D631F9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B77307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Siekiant įgyvendinti gimnazijos tikslus ir uždavinius, atlikta ugdymo ko</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE60FB" w:rsidRPr="00B77307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kybės analizė, gimnazija tęsia projekto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B77307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> „Tūkstantmečio mokyklos II“ p</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE60FB" w:rsidRPr="00B77307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ažangos plano vykdymą. Vienas ir pagrindinių</w:t>
+      </w:r>
+      <w:r w:rsidR="009C1441">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> uždavinių</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE60FB" w:rsidRPr="00B77307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> buvo TŪM plano vykdymas</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE60FB" w:rsidRPr="009C1441">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C1441">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Svarbiausi veiklos akcentai: mokini</w:t>
+      </w:r>
+      <w:r w:rsidR="009C1441" w:rsidRPr="009C1441">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ų pasiekimų gerinimas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C1441">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>( veiklų integravimas, pagalba mokiniams, turintiems mokymosi sunkumų, mokytojų bei vadovų kvalifikacijos tobulinimas, patalpų remontas  ir aprūpinimas priemonėmis</w:t>
+      </w:r>
+      <w:r w:rsidR="009C1441" w:rsidRPr="009C1441">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, edukacinių užsiėmimų organizavimas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C1441">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>). Vykdytas vidaus kokybės įsivertinimas:</w:t>
+      </w:r>
+      <w:r w:rsidR="009C1441" w:rsidRPr="009C1441">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  4. Lyderystė ir vadyba.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C1441">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4.2.2. </w:t>
+      </w:r>
+      <w:r w:rsidR="009C1441" w:rsidRPr="009C1441">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bendradarbiavimas su tėvais. Pažinimas ir sąveika (3,4). Į(si)traukimas (3,1).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="00FE5D5C" w:rsidRDefault="00EE5BF5" w:rsidP="00FE5D5C">
-[...226 lines deleted...]
-    <w:p w:rsidR="004C6833" w:rsidRPr="00FE5D5C" w:rsidRDefault="00EE5BF5" w:rsidP="004C6833">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="840"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE5D5C">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> Atlikta gimnazijos SSGG analizė:</w:t>
+      <w:r w:rsidRPr="008B6291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE60FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE60FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>imnazijos SSGG analizė:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15764" w:type="dxa"/>
         <w:tblInd w:w="-318" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6976"/>
         <w:gridCol w:w="8788"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="008B6291" w:rsidRPr="00CE60FB" w:rsidTr="00A84E85">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="004C6833">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60FB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>STIPRYBĖS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="004C6833">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60FB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SILPNYBĖS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="008B6291" w:rsidRPr="00CE60FB" w:rsidTr="00A84E85">
         <w:trPr>
           <w:trHeight w:val="671"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kuriamas patrauklios gimnazijos įvaizdis: mokiniai noriai renkasi gimnaziją dėl gero mikroklimato, saugios, motyvaciją skatinančios aplinkos ir ugdymo  kokybės.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nepakankamas  tėvų dalyvavimas Gimnazijos veikloje.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="008B6291" w:rsidRPr="00CE60FB" w:rsidTr="00A84E85">
         <w:trPr>
           <w:trHeight w:val="541"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Bendra rūpinimosi mokiniais politika. Teikiama psichologinė, socialinė, ugdomoji pagalba ir užtikrinamas mokinių saugumas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dalies mokinių mokymosi motyvacijos stoka, negebėjimas realiai vertinti savo mokymąsi, pažangą, rezultatus.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="008B6291" w:rsidRPr="00CE60FB" w:rsidTr="00A84E85">
         <w:trPr>
           <w:trHeight w:val="407"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>Dėmesys specialiųjų poreikių mokiniams ir mokiniams su negalia.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nepakankamas mokinių gebėjimas planuoti savo mokymąsi ir laiką.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="008B6291" w:rsidRPr="00CE60FB" w:rsidTr="00A84E85">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...9 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Mokytojų ir mokinių bendravimas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Plintantys žalingi mokinių įpročiai, neigiami socialinio elgesio pokyčiai.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="008B6291" w:rsidRPr="00CE60FB" w:rsidTr="00A84E85">
         <w:trPr>
           <w:trHeight w:val="557"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Gimnazijos personalas yra geranoriškas bendraudamas su mokiniais ir  tėvais.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nepakankama pedagogų kompetencija dirbant su specialiųjų poreikių vaikais.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="008B6291" w:rsidRPr="00CE60FB" w:rsidTr="00A84E85">
         <w:trPr>
           <w:trHeight w:val="541"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Geranoriški ir kompetentingi mokytojai, maža jų kaita. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mokytojų lyderystės, asmeninio veiksmingumo stoka.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="008B6291" w:rsidRPr="00CE60FB" w:rsidTr="00A84E85">
         <w:trPr>
           <w:trHeight w:val="557"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="004C6833">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60FB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Įrengtos gamtos mokslų, užsienio kalbų ir pradinių klasių STEAM laboratorijos, atnaujintas menų centras</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mažai jaunų mokytojų</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="008B6291" w:rsidRPr="00CE60FB" w:rsidTr="00A84E85">
         <w:trPr>
           <w:trHeight w:val="375"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Įvairiapusis neformalusis švietimas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="008B6291" w:rsidRPr="00CE60FB" w:rsidTr="00A84E85">
         <w:trPr>
           <w:trHeight w:val="334"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-              </w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Gilios tradicijos bei Gimnazijos vaidmuo vietos bendruomenėje.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="008B6291" w:rsidRPr="00CE60FB" w:rsidTr="00A84E85">
         <w:trPr>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Patyriminis,  integralus ugdymas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="008B6291" w:rsidRPr="00CE60FB" w:rsidTr="00A84E85">
         <w:trPr>
           <w:trHeight w:val="542"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>Geras susisiekimas su visomis aplinkinėmis gyvenvietėmis,  mokiniai yra pavėžėjami iki mokyklos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="008B6291" w:rsidRPr="00CE60FB" w:rsidTr="00A84E85">
         <w:trPr>
           <w:trHeight w:val="832"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004C6833">
+            <w:r w:rsidRPr="00CE60FB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>Kompiuterizuotos darbo vietos mokytojams ruoštis pamokoms ir kitiems renginiams, sudarytos sąlygos IKT taikymui ugdymo procese nuotoliniam darbui.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="008B6291" w:rsidRPr="00CE60FB" w:rsidTr="00A84E85">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004C6833">
+            <w:r w:rsidRPr="00CE60FB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>Dalyvavimas TŪM projekte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="008B6291" w:rsidRPr="00CE60FB" w:rsidTr="00A84E85">
         <w:trPr>
           <w:trHeight w:val="367"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004C6833">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00CE60FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mokiniams ir mokytojams palankus pamokų tvarkaraštis.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="008B6291" w:rsidRPr="00CE60FB" w:rsidTr="00A84E85">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="004C6833">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60FB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>GALIMYBĖS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="004C6833">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60FB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>GRĖSMĖS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="008B6291" w:rsidRPr="00CE60FB" w:rsidTr="00A84E85">
         <w:trPr>
           <w:trHeight w:val="931"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Puoselėjant išskirtinę gimnazijos istoriją ir kultūros paveldą, formuoti teigiamą gimnazijos įvaizdį Lietuvoje ir užsienyje ir užmegzti bendradarbiavimo ryšius su socialiniais partneriais.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Demografinės situacijos įtaka mokinių skaičiui. Mažėjantis mokinių skaičius ir mokytojų darbo krūvis.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="008B6291" w:rsidRPr="00CE60FB" w:rsidTr="00A84E85">
         <w:trPr>
           <w:trHeight w:val="541"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pasiekti mokymosi visuotinumo ir aukštesnės mokymosi bei lyderystės kultūros.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nestabili politinė situacija, blogėjanti gyventojų socialinė padėtis.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="008B6291" w:rsidRPr="00CE60FB" w:rsidTr="00A84E85">
         <w:trPr>
           <w:trHeight w:val="557"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Efektyvesnis mokytojų ir tėvų bendradarbiavimas, padedantis vaikams mokytis.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Silpnėjanti mokinių sveikata.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="008B6291" w:rsidRPr="00CE60FB" w:rsidTr="00A84E85">
         <w:trPr>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tėvų švietimo gerinimas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Problemiški tėvų ir vaikų santykiai.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="008B6291" w:rsidRPr="00CE60FB" w:rsidTr="00A84E85">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mokytojų dalijimasis paveikiais sprendimais padedančiais užtikrinti skirtybių  turintiems mokiniams ugdymosi sėkmę.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kai kurių dalykų mokytojų ir specialistų trūkumas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="008B6291" w:rsidRPr="00CE60FB" w:rsidTr="00A84E85">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Gimnazijos internetinis puslapis - reprezentacinis sklaidos centras.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nestabili švietimo politika.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="008B6291" w:rsidRPr="00CE60FB" w:rsidTr="00A84E85">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Inovacijų naudojimas pamokose, edukacinių erdvių tobulinimas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mokytojų „perdegimas“.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="009C1441" w:rsidRPr="00CE60FB" w:rsidTr="00A84E85">
         <w:trPr>
           <w:trHeight w:val="557"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mokytojų, pedagogų dalyvavimas tarptautiniuose ir šalies finansuojamuose projektuose</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004C6833" w:rsidRPr="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00CE60FB" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE60FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Didėjantis vaikų su kalbos ir elgesio sutrikimais  skaičius.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004C6833" w:rsidRDefault="004C6833" w:rsidP="004C6833">
-[...5 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00D631F9" w:rsidRDefault="008C4E28" w:rsidP="00D631F9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00077CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Metodinėse grupėse išanalizuoti me</w:t>
+      </w:r>
+      <w:r w:rsidR="00077CD3" w:rsidRPr="00077CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tiniai mokinių pasiekimai, 4 ir </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00077CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8 klasių mokinių nacionalinio pasiekimų patikrinimo, PUPP, brandos egzaminų rezultatai, mokytojų taryboje aptartos mokymo(si) problemos, priimti susitarimai dėl tolesnio mokymo(si</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C78BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">).  Atlikus analizę, stebima pažanga: padidėjo užsienio kalbos (anglų) BE vidutinis įvertinimas- </w:t>
+      </w:r>
+      <w:r w:rsidR="0038705E" w:rsidRPr="007C78BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">68,2 (buvo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C78BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>56,1</w:t>
+      </w:r>
+      <w:r w:rsidR="0038705E" w:rsidRPr="007C78BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>), istorijos- 59,8  (39,8), matematikos- 29,9 (36</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C78BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>),</w:t>
+      </w:r>
+      <w:r w:rsidR="0038705E" w:rsidRPr="007C78BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lietuvių k. ir literatūros- 44,6 (30,4), biologijos- 56,9 (37,3), fizikos- 41,8 (40,3), informatikos- 62,7 (21</w:t>
+      </w:r>
+      <w:r w:rsidR="00F253EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r w:rsidR="006E2A47" w:rsidRPr="006E2A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Lietuvių kalbos ir literatūros PUPP išlaikė 87,5% ( balo vidurkis 5,2), matematikos- 90,6 % ( balo vidurkis 5,4). 8 kl. lietuvių kalbos ir literatūros NMPP išlaikė 100</w:t>
+      </w:r>
+      <w:r w:rsidR="006E2A47" w:rsidRPr="006E2A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>%</w:t>
+      </w:r>
+      <w:r w:rsidR="006E2A47" w:rsidRPr="006E2A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, matematikos -90</w:t>
+      </w:r>
+      <w:r w:rsidR="006E2A47" w:rsidRPr="006E2A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>%</w:t>
+      </w:r>
+      <w:r w:rsidR="006E2A47" w:rsidRPr="006E2A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> proc. 4 kl. NMPP išlaikė 100</w:t>
+      </w:r>
+      <w:r w:rsidR="006E2A47" w:rsidRPr="006E2A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>%</w:t>
+      </w:r>
+      <w:r w:rsidR="006E2A47" w:rsidRPr="006E2A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4E28" w:rsidRPr="005218C4" w:rsidRDefault="008C4E28" w:rsidP="00D631F9">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B6291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B6291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="009807AC" w:rsidRPr="009807AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tęsiamas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009807AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atnaujinto ugdymo turinio įgyvendinimas kėlė nemažai iššūkių. Viena didžiausių problemų vadovėlių ir mokymo priemonių trūkumas, išleista mažai naujų vadovėlių, ir skirtos nepakankamos lėšos jiems įsigyti (gimnazija vadovėlių įsigijo už ES projekto bei mokinio krepšelio lėšas)</w:t>
+      </w:r>
+      <w:r w:rsidR="009807AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, taip pat nerimą kelė besikeičiančios egzaminų tvarkos, vertinimo kriterijai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009807AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B6291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009807AC" w:rsidRPr="009807AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Trūkstant mokymo priemonių didėjo mokytojų pasiruošimo pamokoms laiko sąnaudos, o tai lėmė mokytojų nuovargį.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B6291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Siekiant kiekvieno mokinio asmeninės ūgties, ieškota daugiau galimybių diferencijuoti, in</w:t>
+      </w:r>
+      <w:r w:rsidR="001B2C90" w:rsidRPr="001B2C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dividualizuoti ugdymo turinį, visi </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED70FE" w:rsidRPr="001B2C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>1-IV</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> klasių </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">mokiniai ir </w:t>
+      </w:r>
+      <w:r w:rsidR="001B2C90" w:rsidRPr="001B2C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20 mokytojų aprūpinti </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Edu</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED70FE" w:rsidRPr="001B2C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ka klasės“ licencijomis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B2C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, užsienio kalbų mokytojos naudojasi „Teachermade“, „Wordwall“, Quizlet“ programomis, 8-IV kl. anglų k, I –II kl. matematikos mokymui  sudarytos laikinos grupės pagal mokinių gebėjimus. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005218C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Mokymasis už gimnazijos ribų neabejotinai praturtina mokinių žinias ir skatina juos mokytis atrandant, tad u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005218C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gdymo procesas  buvo organizuojamas ne tik gimnazijoje, bet ir kitose aplinkose, sudarant sąlygas mokiniams giliau suprasti supantį pasaulį, autentiškomis sąlygomis išbandyti realius sprendimus, kiekvienas mokytojas su kiekviena klase organizavo mokymąsi kitose aplinkose kartą per </w:t>
+      </w:r>
+      <w:r w:rsidR="001B2C90" w:rsidRPr="005218C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pusmetį (Mažeikių, Sedos bibliotekose, Plinkšių sene</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005218C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lių globos namuose, Žemaičių kaimo muziejuje, V. Intos akmenų muziejuje, Varnių regioninio</w:t>
+      </w:r>
+      <w:r w:rsidR="001B2C90" w:rsidRPr="005218C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> parko gamtos mokykloje, Bukantės dvare,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005218C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Šarnelėje, Telšių STEAM centre ir kt.), gamtos mokslų mokytojos organizavo  patyriminio ugdymo dienas, pradinių klasių mokytojos kas mėnesį organizavo integralaus ugdymo dienas, dalykų mokytojai vedė integruotas įvairių dalykų pamokas/ veiklas,  I- II klasių mokiniai rengė metinius projektus, geriausius pristatė konferencijoje</w:t>
+      </w:r>
+      <w:r w:rsidR="001B2C90" w:rsidRPr="005218C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> „Mokomės tyrinėdami“. Mokymo(si) spragoms šalinti, žinioms gilinti buvo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005218C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> organizuojamos konsult</w:t>
+      </w:r>
+      <w:r w:rsidR="001B2C90" w:rsidRPr="005218C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">acijos (įvairių dalykų). </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD0CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Patyriminei veiklai vykdyti 7, 8 ir II</w:t>
+      </w:r>
+      <w:r w:rsidR="001B2C90" w:rsidRPr="005218C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD0CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">klasės dalinamos į grupes. </w:t>
+      </w:r>
+      <w:r w:rsidR="009B7E3A" w:rsidRPr="005218C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Išnaudota 93</w:t>
+      </w:r>
+      <w:r w:rsidR="009B7E3A" w:rsidRPr="005218C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>%</w:t>
+      </w:r>
+      <w:r w:rsidR="009B7E3A" w:rsidRPr="005218C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kultūros paso lėšų (ne visos lėšos išnaudotos naujai atėjusių mokinių). Mokiniai dalyvavo</w:t>
+      </w:r>
+      <w:r w:rsidR="005218C4" w:rsidRPr="005218C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 96 </w:t>
+      </w:r>
+      <w:r w:rsidR="009B7E3A" w:rsidRPr="005218C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įvairi</w:t>
+      </w:r>
+      <w:r w:rsidR="005218C4" w:rsidRPr="005218C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ų sričių</w:t>
+      </w:r>
+      <w:r w:rsidR="009B7E3A" w:rsidRPr="005218C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kultūros paso kontaktiniuose ir nuotoliniuose edukaciniuose užsiėmimuose</w:t>
+      </w:r>
+      <w:r w:rsidR="005218C4" w:rsidRPr="005218C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="004C6833" w:rsidRPr="005D6614" w:rsidRDefault="004C6833" w:rsidP="00EE5BF5">
-[...581 lines deleted...]
-    <w:p w:rsidR="00D311DF" w:rsidRPr="00DE74AB" w:rsidRDefault="00EE5BF5" w:rsidP="00DE74AB">
+    <w:p w:rsidR="005E7A6F" w:rsidRPr="002103EC" w:rsidRDefault="008C4E28" w:rsidP="002103EC">
       <w:pPr>
         <w:ind w:left="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002103EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Gimnazijoje siekiama, kad  mokiniai mokytųsi ne tik pamokų metu, bet ir dalyvaudami įvairi</w:t>
       </w:r>
-      <w:r w:rsidR="00DE74AB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="002103EC" w:rsidRPr="002103EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>uose projektuose ir programose:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="15446" w:type="dxa"/>
+        <w:tblW w:w="14876" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="642"/>
-        <w:gridCol w:w="2978"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3800"/>
+        <w:gridCol w:w="2755"/>
+        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="4252"/>
+        <w:gridCol w:w="3399"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D311DF" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidTr="001B2C90">
         <w:trPr>
           <w:trHeight w:val="856"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="642" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Eil.Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2978" w:type="dxa"/>
+            <w:tcW w:w="2755" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="005E7A6F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Projektas, gautos lėšos ar kita parama,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="005E7A6F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>pasiekti laimėjimai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1432" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="005E7A6F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kada vykdomas</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="005E7A6F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(ar tęstinis)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="005E7A6F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Projekto koordinatoriai</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="005E7A6F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(kokios institucijos projektas)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3927" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="005E7A6F">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dalyvavimo projekte tikslai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3800" w:type="dxa"/>
+            <w:tcW w:w="3399" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="005E7A6F">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Įtaka ugdymo procesui</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D311DF" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidTr="005E7A6F">
         <w:trPr>
-          <w:trHeight w:val="1255"/>
+          <w:trHeight w:val="997"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="642" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2978" w:type="dxa"/>
+            <w:tcW w:w="2755" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D311DF">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>VŠĮ Paramos vaikams centro projektas „Antras žingsnis“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1432" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tęstinis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>VŠĮ paramos vaikams centras</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...40 lines deleted...]
-            <w:tcW w:w="3927" w:type="dxa"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Kordinatorius- pradinių klasių mokytoja L. Milieškienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D311DF">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>1-4 klasių mokinių socialinių emocinių įgūdžių lavinimas bei smurto prevencija.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3800" w:type="dxa"/>
+            <w:tcW w:w="3399" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="005E7A6F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D311DF">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Mokiniai lavina socialinius emocinius įgūdžius, mokosi atpažinti savo jausmus, emocijas, mokosi bendravimo įgūdžių. Ugdoma socialinė kompetencija</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D311DF" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidTr="002103EC">
         <w:trPr>
-          <w:trHeight w:val="1697"/>
+          <w:trHeight w:val="1432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="642" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...14 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2978" w:type="dxa"/>
+            <w:tcW w:w="2755" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Projektas „Pabūk, pajausk artimą savo“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1432" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tęstinis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mažeikių r. Plinkšių globos namų ir Sedos Vytauto Mačernio gimnazijos projektas</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Koordinatorė- lietuvių kalbos mokytoja metodininkė R. Čičirkaitė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3927" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D311DF">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Plėtoti mokinių pilietiškumo, socialines, kūrybiškumo, komunikavimo kompetencijas bei empatiją šalia esančiam.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3800" w:type="dxa"/>
+            <w:tcW w:w="3399" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="005E7A6F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D311DF">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Mokiniai turi galimybę suvokti kartų perimamumo svarbą, ugdosi moralinius principus, rūpinasi socialiai silpnesniais žmonėmis.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D311DF" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidTr="002103EC">
         <w:trPr>
-          <w:trHeight w:val="1665"/>
+          <w:trHeight w:val="1124"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="642" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2978" w:type="dxa"/>
+            <w:tcW w:w="2755" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patyčių prevencijos programos „Olweus“ kokybės užtikrinimo programa- „OPKUS“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1432" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tęstinis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...22 lines deleted...]
-            <w:tcW w:w="3927" w:type="dxa"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Koordinatorius- soc. pedagogė V. Bracė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D311DF">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Vykdyti ilgalaikę patyčių prevenciją</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D311DF">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Užtikrinti Olweus patyčių prevencijos programos vertybinių nuostatų tvarumą ir programoje taikomų priemonių tęstinumą.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3800" w:type="dxa"/>
+            <w:tcW w:w="3399" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="005E7A6F">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D311DF">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Taikomos patyčių stabdymo priemonės, pagal parengtą planą vykdoma prevencinė veikla, vykdomos apklausos, vedamos klasės valandos, diskusijos. Ugdomos pažinimo, asmeninė, komunikavimo, socialinė.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D311DF" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidTr="005E7A6F">
         <w:trPr>
-          <w:trHeight w:val="2294"/>
+          <w:trHeight w:val="1837"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="642" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2978" w:type="dxa"/>
+            <w:tcW w:w="2755" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Gamintojų ir Importuotojų Asociacijos (GIA), VšĮ „Elektronikos gamintojų ir importuotojų organizacijos“ (EGIO) ir UAB „Atliekų tvarkymo centro“ projektas „Mes rūšiuojam“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1432" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tęstinis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Gamintojų ir Importuotojų Asociacijos (GIA), VšĮ „Elektronikos gamintojų ir importuotojų organizacijos“ (EGIO) ir UAB „Atliekų tvarkymo centro“ projektas</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...15 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Koordinatorius- karjeros specialistė L. Steponkevičienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3927" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D311DF">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Įtraukti mokinius į aplinkosauginę veiklą: rinkti pavojingas nebenaudojamas elektronines atliekas ir atiduoti jas perdirbti</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3800" w:type="dxa"/>
+            <w:tcW w:w="3399" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="005E7A6F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D311DF">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Mokiniai gauna informacijos apie pavojingas, aplinką teršiančias atliekas ir prisideda prie jų rinkimo. Ugdomas suvokimas, kad už aplinkosaugą atsakingas kiekvienas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D311DF" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidTr="005E7A6F">
         <w:trPr>
-          <w:trHeight w:val="2117"/>
+          <w:trHeight w:val="1853"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="642" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...13 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2978" w:type="dxa"/>
+            <w:tcW w:w="2755" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ES programavimo savaitė „CODE WEEK“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1432" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tęstinis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ES projektas</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Koordinatorė- matematikos mokytoja I. Zozienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3927" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D311DF">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Sudominti programavimu ir skaitmeniniu raštingumu, tobulinti mokinių skaitmenines kompetencijas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3800" w:type="dxa"/>
+            <w:tcW w:w="3399" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="005E7A6F">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D311DF">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Mokydamiesi programuoti suvokia sparčiai besikeičiantį pasaulį, geriau supranta, kaip veikia technologijos, ir tobulina savo įgūdžius bei gebėjimus, kad galėtų rasti naujų idėjų  kuriant inovacijas. Ugdomos pažinimo, kūrybiškumo, skaitmeninė, socialinė, emocinė bei sveikos gyvensenos kompetencijos.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D311DF" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidTr="005E7A6F">
         <w:trPr>
-          <w:trHeight w:val="988"/>
+          <w:trHeight w:val="1139"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="642" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2978" w:type="dxa"/>
+            <w:tcW w:w="2755" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Programos „e Twinning“ tarptautiniai projektai. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1432" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tęstinis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>„e Twinning“</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...22 lines deleted...]
-            <w:tcW w:w="3927" w:type="dxa"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Koordinatorės- anglų k. mokytoja T. Saračinskienė, V. Urbonienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D311DF">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Užmegzti ir palaikyti draugiškus santykius su mokiniais iš kitų šalių</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D311DF">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>, siekiant gilinti užsienio kalbos mokymosi įgūdžius</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3800" w:type="dxa"/>
+            <w:tcW w:w="3399" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="005E7A6F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D311DF">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Mokiniai praplečia bendradarbiavimo ne tik su Lietuvos bet ir užsienio bendraamžiais, gilina žinias. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D311DF" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidTr="001B2C90">
         <w:trPr>
-          <w:trHeight w:val="871"/>
+          <w:trHeight w:val="699"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="642" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2978" w:type="dxa"/>
+            <w:tcW w:w="2755" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Projektas „MMRG Humanitarų akademija”</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1432" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tęstinis</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mažeikių Merkelio Račkausko gimnazija,  Klaipėdos universitetas</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Koordinatorė- lietuvių k. mokytoja R. Čičirkaitė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3927" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D311DF">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gilinti gimnazistų žinias pamatiniuose humanitarinių mokslų dalykuose (kalbotyra, literatūrologija, filosofija, mitologija, folkloristika, istorija), skatinti mąstyti, diskutuoti įvairiais, šiuolaikinei visuomenei ir </w:t>
-[...16 lines deleted...]
-            <w:tcW w:w="3800" w:type="dxa"/>
+              <w:t xml:space="preserve">Gilinti gimnazistų žinias pamatiniuose humanitarinių mokslų dalykuose (kalbotyra, literatūrologija, filosofija, mitologija, folkloristika, istorija), skatinti mąstyti, diskutuoti įvairiais, šiuolaikinei visuomenei ir mūsų valstybei aktualiais humanistiniais klausimais, ugdyti kritinį mąstymą, oratorinius gebėjimus, skatinti kūrybiškumą. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3399" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="005E7A6F">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D311DF">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Pamatiniai humanitarinių mokslų dalykai padeda įsisavinti literatūros mokslo pagrindus, ugdo kritinį mąstymą, gebėjimą filosofiškai vertinti situacijas, diskutuoti bei ugdytis savivertę. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D311DF" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidTr="001B2C90">
         <w:trPr>
           <w:trHeight w:val="1423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="642" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...16 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2978" w:type="dxa"/>
+            <w:tcW w:w="2755" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Goethe’s instituto Lietuvoje projektas </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D311DF">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>„Ö kaip öko"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1432" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tęstinis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D311DF">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Goethe’s institutas Lietuvoje</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Koordinatorė- vokiečių k. mokytoja L. Milieškienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3927" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D311DF">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Supažindinti su vokiečių kalbos pranašumais, kelti klausimus.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3800" w:type="dxa"/>
+            <w:tcW w:w="3399" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="005E7A6F">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D311DF">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Mokiniai praturtina vokiečių k. žodyną, gilinasi į tvarumo bei ekologijos problemas. Ugdomos pažinimo, asmeninė, komunikavimo kompetencijos.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D311DF" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidTr="005E7A6F">
         <w:trPr>
-          <w:trHeight w:val="2684"/>
+          <w:trHeight w:val="2229"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="642" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...15 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2978" w:type="dxa"/>
+            <w:tcW w:w="2755" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="00B30272" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Projektas „Olimpinis mėnuo 2023“</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1432" w:type="dxa"/>
+              <w:t>Projektas „Olimpinis mėnuo 2025</w:t>
+            </w:r>
+            <w:r w:rsidR="005E7A6F" w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tęstinis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D311DF">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Švietimo, mokslo ir sporto ministerijos, Sveikatos apsaugos ministerijos ir Lietuvos tautinio olimpinio komiteto (LTOK) inicijuotas projektas pradinių klasių moksleiviams</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-            </w:pPr>
-[...18 lines deleted...]
-              </w:rPr>
               <w:t>Koordinatorės- pradinių klasių mokytojos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3927" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...1 lines deleted...]
-              <w:spacing w:after="0"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Skatinti fizinio raštingumo ugdymą, padėti moksleiviams atrasti sveiką gyvenseną ir fizinį aktyvumą kaip linksmą ir naudingą veiklą, supažindinti su olimpinėmis vertybėmis bei principais – pagarba, draugyste, tobulėjimu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3800" w:type="dxa"/>
+            <w:tcW w:w="3399" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="005E7A6F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D311DF">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Mokiniai supažįsta su sportu ir sveika gyvensena, yra skatinami aktyviai laiką leisti pertraukose tarp pamokų , išbando įvairias mankštas ir žaidimus.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...23 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D311DF" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidTr="005E7A6F">
         <w:trPr>
-          <w:trHeight w:val="1709"/>
+          <w:trHeight w:val="1312"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="642" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2978" w:type="dxa"/>
+            <w:tcW w:w="2755" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>VDU ŽŪA  projektas „Sumanaus moksleivio akademija“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1432" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tęstinis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>VDU ŽŪA projektas.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="20"/>
-[...16 lines deleted...]
-            <w:tcW w:w="3927" w:type="dxa"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Koordinatorė- karjeros specialistė Laima Steponkevičienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D311DF">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Lavinti 9-12 klasių moksleivių pasirinktos mokslo krypties kūrybišką mąstymą bei praktinius įgūdžius</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3800" w:type="dxa"/>
+            <w:tcW w:w="3399" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...1 lines deleted...]
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="005E7A6F">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D311DF">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Mokiniai dalyvauja VDU ŽŪA dėstytojų paskaitose, praktiniuose užsiėmimuose. rengia projektinius darbus, įgyja naujų patirčių, akademinių žinių, iš arčiau susipažįsta su akademine veikla ir agrosektoriaus galimybėmis.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D311DF" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidTr="001B2C90">
         <w:trPr>
-          <w:trHeight w:val="1125"/>
+          <w:trHeight w:val="841"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="642" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2978" w:type="dxa"/>
+            <w:tcW w:w="2755" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D311DF">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Lietuvos moksleivių futbolo projektas „Pradinukų lyga- iššūkių mėnuo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1432" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tęstinis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Lietuvos futbolo federacija, Lietuvos masinio futbolo asociacija.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Koordinatorės pradinių klasių mokytojos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3927" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D311DF">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Populiarinti futbolo žaidimą Lietuvos mokyklose; sudominti sporto mokyklų nelankančius vaikus, sportu ir sveika gyvensena; skatinti glaudų bendradarbiavimą tarp švietimo įstaigų, vietos (seniūnijų, savivaldybių, apskričių) institucijų ir sporto organizacijų; padėti suartėti kaimyninėms bendruomenėms, šeimas paskatinti aktyviai ir naudingai praleisti laisvalaikį su savo atžalomis; smagaus aktyvaus laisvalaikio užtikrinimas 1-4 klasių mokiniams.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3800" w:type="dxa"/>
+            <w:tcW w:w="3399" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="005E7A6F">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D311DF">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Ugdomos kompetencijos: pažinimo, asmeninė, komunikavimo, socialinė. Vedamos fizinio ugdymo   pamokos su futbolo žaidimo elementais (futbolo žaidimas pagal galimybes), aktyvios pertraukos. Vedamos klasės valandėlės.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...9 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D311DF" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidTr="005E7A6F">
         <w:trPr>
-          <w:trHeight w:val="1249"/>
+          <w:trHeight w:val="795"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="642" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...16 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2978" w:type="dxa"/>
+            <w:tcW w:w="2755" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Anglų kalbos projektas “Let’s create a story“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1432" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tęstinis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Koordinatorė – mokytoja-metodininkė Tatjana Saračinskienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3927" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D311DF">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Skatinti mokinių kūrybą bei lavinti anglų kalbos vartojimą kuriant istorijas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3800" w:type="dxa"/>
+            <w:tcW w:w="3399" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="005E7A6F">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D311DF">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Ugdomos komunikavimo, pažinimo, skaitmeninė ir kultūrinė kompetencijos. Mokiniai pagilina anglų kalbos žinias, lavina kūrybiškumą kurdami istorijas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D311DF" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidTr="005E7A6F">
         <w:trPr>
-          <w:trHeight w:val="1071"/>
+          <w:trHeight w:val="699"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="642" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2978" w:type="dxa"/>
+            <w:tcW w:w="2755" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ES projektas „Tūkstantmečio mokyklos II“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1432" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">2024-2026 m. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2667" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Koordinatorė gimnazijos direktorė Aušra Kazlauskienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3927" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D311DF">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Projekte dalyvaujančiose mokyklose sukurti integralias, optimalias ir kokybiškas ugdymo(si) sąlygas mokinių pasiekimų atotrūkiams mažinti.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3800" w:type="dxa"/>
+            <w:tcW w:w="3399" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="005E7A6F">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D311DF">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Tobulinamos 4 sritys: lyderystė, įtraukusis ugdymas, kultūrinis ugdymas, STEAM</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D311DF" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidTr="005E7A6F">
         <w:trPr>
-          <w:trHeight w:val="1437"/>
+          <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="642" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2978" w:type="dxa"/>
+            <w:tcW w:w="2755" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D311DF">
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t> Lietuvos mokinių neformaliojo švietimo centras tarptautinio projekto </w:t>
-[...17 lines deleted...]
-            <w:tcW w:w="1432" w:type="dxa"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ES fondų investicijų projektas „Galimybių mokykla“ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...20 lines deleted...]
-            <w:tcW w:w="2667" w:type="dxa"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2024-2025 m. m.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...20 lines deleted...]
-            <w:tcW w:w="3927" w:type="dxa"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Koordinatorė bibliotekininkė Aurelija Vozgirdaitė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D311DF">
-[...13 lines deleted...]
-            <w:tcW w:w="3800" w:type="dxa"/>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Įsigyti vadovėlių, reikalingų diegti atnaujintas bendrąsias programas.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3399" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="005E7A6F">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D311DF">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Galimybė</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> išmokti moksliniame darbe naudojamų metodų, geriau pažinti netoliese esančius vandens telkinius, ištirti jų ekologinę būklę, daugiau sužinoti apie grėsmę ekosistemoms, Taip pat svarbiu indėliu prisidedama prie mokslininkų atliekamų tyrimų.</w:t>
+              <w:t>Iš dalies aprūpinama vadovėliais pagal atnaujintą ugdymo turinį</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D311DF" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidTr="005E7A6F">
         <w:trPr>
-          <w:trHeight w:val="607"/>
+          <w:trHeight w:val="983"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="642" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2978" w:type="dxa"/>
+            <w:tcW w:w="2755" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...23 lines deleted...]
-            <w:tcW w:w="1432" w:type="dxa"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="00C92ED1">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Prevencinis projekt</w:t>
+            </w:r>
+            <w:r w:rsidR="00C92ED1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>as „Mokykla be dūmų</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>“, finansuojamas Mažeikių r. savivaldybės lėšomis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...20 lines deleted...]
-            <w:tcW w:w="2667" w:type="dxa"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2024-2025 m. m. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...20 lines deleted...]
-            <w:tcW w:w="3927" w:type="dxa"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="00C139FE" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Koordinatorė</w:t>
+            </w:r>
+            <w:r w:rsidR="005E7A6F" w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> soc. pe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>dagogė I. Rimkienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D311DF">
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-            <w:tcW w:w="3800" w:type="dxa"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Psichotropinių medžiagų vartojimo prevencijos vykdymas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3399" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00D311DF" w:rsidRPr="00D311DF" w:rsidRDefault="00D311DF" w:rsidP="009A3E93">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="005E7A6F">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D311DF">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Iš dalies aprūpinama vadovėliais pagal atnaujintą ugdymo turinį</w:t>
+              <w:t>Šviečiamojo pobūdžio užsiėmimai mokiniams, paskaitos tėvams ir mokytojams, siekiant šviesti apie psichotropinių medžiagų vartojimo žalą.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidTr="005E7A6F">
+        <w:trPr>
+          <w:trHeight w:val="705"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="642" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>16.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2755" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
+              </w:rPr>
+              <w:t>Mažeikių sporto mokyklos  projektas „Mokymo plaukti programa antrų klasių mokiniams“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2024-2025 m. m. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Koordinatorės pradinių klasių mokytojos Gražina Vainutienė ir Daiva Nugarienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Supažindinti mokinius su saugiu elgesiu vandenyje, išmokyti plaukti.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3399" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="005E7A6F">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mokiniai sužinojo apie grėsmes vandenyje, išmoko saugiai maudytis ir įgijo pradinius plaukimo įgūdžius. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidTr="005E7A6F">
+        <w:trPr>
+          <w:trHeight w:val="859"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="642" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>17.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2755" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mažeikių rajono ekonomikos mokytojų projektas „Asmeniniai finansai, jų valdymas“ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2024- 2025 m. m. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Koordinatorė- ekonpmikos mokytoja Laima Steponkevičienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="001B2C90">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Išmokyti mokinius planuoti, valdyti ir analizuoti asmeninius finansus praktiškai, siekiant ugdyti atsakingo finansų valdymo, tvarumo ir kūrybiškumo įgūdžius.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3399" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="005E7A6F" w:rsidRPr="005E7A6F" w:rsidRDefault="005E7A6F" w:rsidP="005E7A6F">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E7A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Galimybė mokiniams išmokti planuoti savo finansus, atsakingai juos valdyti.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00303C89" w:rsidRPr="005E7A6F" w:rsidTr="005E7A6F">
+        <w:trPr>
+          <w:trHeight w:val="859"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="642" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00303C89" w:rsidRPr="00303C89" w:rsidRDefault="00303C89" w:rsidP="00303C89">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303C89">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>18.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2755" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00303C89" w:rsidRPr="00303C89" w:rsidRDefault="00303C89" w:rsidP="00303C89">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303C89">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="080809"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Kino sklaidos ir edukacijos projektas moksleiviams „Kino busas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00303C89" w:rsidRPr="00303C89" w:rsidRDefault="00303C89" w:rsidP="00303C89">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303C89">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2025 m. lapkritis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00303C89" w:rsidRPr="00303C89" w:rsidRDefault="00303C89" w:rsidP="00303C89">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303C89">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Koordinatorė- direktorės pavaduotoja ugdymui Dalia Sakalauskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="00303C89" w:rsidRPr="00303C89" w:rsidRDefault="00303C89" w:rsidP="00303C89">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303C89">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Skatinti moksleivius žiūrėti filmus, juos analizuoti ir vertinti, lavinti jų vizualinį raštingumą bei kūrybiškumą, ugdyti intelektualią ir kritišką jaunąją kino žiūrovų auditoriją</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3399" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="00303C89" w:rsidRPr="00303C89" w:rsidRDefault="00303C89" w:rsidP="00303C89">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303C89">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Siekiama plačiau supažindinti vaikus ir jaunimą su kino menu, jo istorija bei ugdyti jaunąją kino žiūrovų kartą. Projekto metu vystomas įvairaus amžiaus moksleivių meninis kino suvokimas, skatinamas jų domėjimasis kino menu, ugdomas estetinis skonis, formuojamas platus kultūrinis akiratis ir vertybinės nuostatos, vystomi komunikaciniai ir meniniai gebėjimai, kūrybiškumas bei kritinis mąstymas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="005D6614" w:rsidRDefault="00EE5BF5" w:rsidP="009A3E93">
-      <w:pPr>
+    <w:p w:rsidR="008C4E28" w:rsidRPr="003B3C3A" w:rsidRDefault="008C4E28" w:rsidP="00D631F9">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3C3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Didelis dėmesys buvo skiriamas specialiųjų poreikių mokiniams ugdyti. Dalyje pamokų specialiųjų poreikių mokinams padėjo 7 mokinio padėjėjai.  Visus mokslo metus aktyviai dirbo Vaiko Gerovės komisija. Nuolat buvo stebimas ir identifikuojamas pagalbos reikalingumas, į iškilusias problemas buvo reaguota skubiai. Jos buvo sprendžiamos individualiai ir grupėse, bendraujant su mokiniais ir jų tėvais. Buvo sudaromi individualūs švietimo pagalbos gavėjų planai. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B3C3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokytojai ir pagalbos specialistai nuolat bendradarbiavo ieškodami metodų ir būdų, kaip mokyti a</w:t>
+      </w:r>
+      <w:r w:rsidR="005C459D" w:rsidRPr="003B3C3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>utizmo spektro sutrikimą turinčius mokinius</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B3C3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="005C459D" w:rsidRPr="003B3C3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Įtraukiojo ugdymo įgyvendinimas kelia </w:t>
+      </w:r>
+      <w:r w:rsidR="003B3C3A" w:rsidRPr="003B3C3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iššūkių, kuriuos galima įveikti tik sutektomis pastangomis. </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="0061651B" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
-[...80 lines deleted...]
-    <w:p w:rsidR="002F603C" w:rsidRPr="002332A9" w:rsidRDefault="00C4336C" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="001B00DF" w:rsidRDefault="008C4E28" w:rsidP="00BC12C9">
       <w:pPr>
         <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002332A9">
-[...116 lines deleted...]
-        <w:t>).</w:t>
+      <w:r w:rsidRPr="001B00DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vykdant projekto „Tūkstantmečio mokyklos II“ pažangos planą, gimnazijoje atnaujinti menų centro dailės ir technologijų kabinetai, aprūpinti naujomis, pažangiomis priemonėmis, baldais, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA5557" w:rsidRPr="001B00DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">įrengtas atsipalaidavimo kambarys, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B00DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gamtos mokslų laboratorijoje papildyta priemonių bazė, įsigyti išmanūs ekranai, jai aprūpinti lietuvių kalbos ir literatūros, pradinių klasių kabinetai, mokytojai dalyvavo mokymuose (ilgalaikės kvalifikacijos tobulinimo programos </w:t>
+      </w:r>
+      <w:r w:rsidR="001B00DF" w:rsidRPr="001B00DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>„Savitarpio pagalbos kultūra mokykloje ir klasėje“ (40</w:t>
+      </w:r>
+      <w:r w:rsidR="001B00DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ak. val.). Mokiniams buvo organizuojamos kultūrinio ugdymo, STEAM, lyderystės veiklos kurias vedė savo sričių profesionalai.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007664EC" w:rsidRPr="00837978" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="00D631F9" w:rsidRDefault="00ED69FA" w:rsidP="00D631F9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C4536">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Praėjusiais </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="006C4536">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>metais gimnazijoje dirbo 7 metodinės grupės, joms vadovavo mokyto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4536">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jos metodininkės: T. Saračinskienė, L. Milieškienė, V. Urbonienė</w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="006C4536">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, vyresn. mokytojos I. Lileikienė, mokytoja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4536">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> V. Raišutienė,</w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="006C4536">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I. Zozienė ir spec. pedagogė V. Bružienė. Metodinėse grupėse  buvo siekiama užtikrinti metodinį ir dalykinį mokytojų</w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="002705BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bendradarbiavimą, siekiant priimti bendrus sprendimus, spręsti mokymo(si) problemas, dalintis patirtimi (užduočių diferencijavimo galimybės pamokose, formuojamojo bei kaupiamojo vertinimo būdai ir mokymąsi aktyvinantys metodai), didelis dėmesys ir laiko sąnaudos buvo skirtos atnaujinto ugdymo turinio įgyvendinimui, atnaujinamos tvarkos, planai, dalyvauta dalykiniuose mokymuose, seminaruose, NŠA konsultaci</w:t>
+      </w:r>
+      <w:r w:rsidR="00F00FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jose. M</w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="002705BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>okytojai</w:t>
+      </w:r>
+      <w:r w:rsidR="00F00FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir pagalbos specialistės</w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="002705BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dalijosi savo patirtimi su k</w:t>
+      </w:r>
+      <w:r w:rsidR="002D047C" w:rsidRPr="002705BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olegomis iš kitų mokyklų- balandžio</w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="002705BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mėn.</w:t>
+      </w:r>
+      <w:r w:rsidR="002D047C" w:rsidRPr="002705BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> surengta metodinė diena „TŪM tinklaveika“ (metodinė taryba), kurios metu dalytasi patirtimi įgyta dalyvaujant, organizuojant TŪM plano veiklas, </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="002705BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002D047C" w:rsidRPr="002705BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>spalio mėn. - metodinė diena rajono</w:t>
+      </w:r>
+      <w:r w:rsidR="002D047C" w:rsidRPr="002705BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> soc. pedagogams „Ugdymosi sunkumai ir probleminis mokinio e</w:t>
+      </w:r>
+      <w:r w:rsidR="00560CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>lgesys. Suprasti yra dalis</w:t>
+      </w:r>
+      <w:r w:rsidR="002D047C" w:rsidRPr="002705BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pagalbos“</w:t>
+      </w:r>
+      <w:r w:rsidR="00F00FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (patirtimi dalijosi spec. pedagogė </w:t>
+      </w:r>
+      <w:r w:rsidR="002705BF" w:rsidRPr="002705BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>V. Bružienė ir psichologė E. Šmitienė</w:t>
+      </w:r>
+      <w:r w:rsidR="00F00FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), lapkričio mėn.- </w:t>
+      </w:r>
+      <w:r w:rsidR="00F00FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00F00FEB" w:rsidRPr="00244B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>etodinė diena „Edukaciniai  pabėgimo kambariai – inovatyvus</w:t>
+      </w:r>
+      <w:r w:rsidR="00F00FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokymosi metodas“, kurią organizavo ir vedė </w:t>
+      </w:r>
+      <w:r w:rsidR="006C4536">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>matematikos mokytoja I. Zozienė, r</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4536">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">espublikinė </w:t>
+      </w:r>
+      <w:r w:rsidR="006C4536" w:rsidRPr="002F7FD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>kraštotyrinė</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4536">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pra</w:t>
+      </w:r>
+      <w:r w:rsidR="00886DEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>dinių klasių mokinių konferencija</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4536" w:rsidRPr="002F7FD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,,Mano gimtinės istorijos”</w:t>
+      </w:r>
+      <w:r w:rsidR="00886DEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kurios metu pradinių klasių mokiniai skaitė pranešimus, mokytojos dalijosi savo gerąja patirtimi (I. Pačerinskienė, I. Noreikienė). </w:t>
+      </w:r>
+      <w:r w:rsidR="00F00FEB" w:rsidRPr="00244B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="002705BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00D631F9" w:rsidRDefault="008C4E28" w:rsidP="00D631F9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D631F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dauguma mokytojų dalyvavo įvairių darbo grupių veikloje („Tūkstant</w:t>
+      </w:r>
+      <w:r w:rsidR="00D007DC" w:rsidRPr="00D631F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mečio mokyklos II“ plano vykdymo, vidaus kokybės įsivertinimo, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D631F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>OPKUS, įvairių renginių, veiklų organizavimo laikinosiose grupėse ir kt.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00D007DC" w:rsidRDefault="00D007DC" w:rsidP="008C4E28">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...110 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D007DC">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">poreikių mokiniai: atpažinti, padėti, ugdyti“ (E. Šmitienė ir V. Bružienė). Šiame renginyje savo darbo patirtimi dalijosi ir mokinio padėjėjos. </w:t>
-[...34 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t>Dvi mokytojos</w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="00D007DC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vadovavo rajono mok</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D007DC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ytojų metodiniams būreliams:</w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="00D007DC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L. Steponkevičienė- karjeros ugdymo, T. Saračinskienė- anglų kalbos.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="00B63602" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008740B4" w:rsidRPr="008740B4" w:rsidRDefault="008C4E28" w:rsidP="00D631F9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="7419"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008740B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Siekiant efektyvinti tėvų įsitraukimą </w:t>
+      </w:r>
+      <w:r w:rsidR="008740B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>į mokinių ugdymą, buvo reguliariai teikiama informacija per elektroninį dienyną, gimnazijos tinklalapį, Facebook paskyrą (per klasių vadovų sukurtas tėvų grupių paskyras socialiniuose tinkluose)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008740B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="008740B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pagal poreikį </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008740B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>organizuojami trišaliai susitikimai ( tėvai, mokinys, mokytojas), bendri klasių tėvų susirin</w:t>
+      </w:r>
+      <w:r w:rsidR="00912A3E" w:rsidRPr="008740B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kimai, kuriuose dalyvavo apie 72</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008740B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008740B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>% t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008740B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ėvų.  Dalis tėvų noriai įsijungė į klasės, gimnazijos renginių organizavimą, programas, lydėjo mokin</w:t>
+      </w:r>
+      <w:r w:rsidR="008740B4" w:rsidRPr="008740B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ius ekskursijose</w:t>
+      </w:r>
+      <w:r w:rsidR="008740B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (vidaus veiklos kokybės įsivertinimo tėvų apklausos duomenimis- 34,5</w:t>
+      </w:r>
+      <w:r w:rsidR="008740B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>%</w:t>
+      </w:r>
+      <w:r w:rsidR="008740B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidR="008740B4" w:rsidRPr="008740B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> organizuotos 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008740B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atvirų durų dienos,</w:t>
+      </w:r>
+      <w:r w:rsidR="008740B4" w:rsidRPr="008740B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> suorganizuotas renginys tėvams </w:t>
+      </w:r>
+      <w:r w:rsidR="008740B4" w:rsidRPr="008740B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>,, Šeštadienis. Rytojaus tėvai. Asmeninis tobulėjimas su ,,POINT OFT YOU“</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC305A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (E. Šmitienė).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00037C8D" w:rsidRDefault="008C4E28" w:rsidP="00D631F9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D6614">
-[...33 lines deleted...]
-        <w:t>, vidaus kokybės įsivertinimo, strateginio planavimo, OPKUS, įvairių renginių, veiklų organizavimo laikinosiose grupėse ir kt.).</w:t>
+      <w:r w:rsidRPr="00037C8D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Siekiant skatinti mo</w:t>
+      </w:r>
+      <w:r w:rsidR="00037C8D" w:rsidRPr="00037C8D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>kinių lyderystę, organizuotos lyderiukų popietės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00037C8D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (E. Šmitienė), kuriose mokiniai ugdė lyderystės, bendradarbia</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC305A" w:rsidRPr="00037C8D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vimo įgūdžius, mokinių taryba organizavo įvairius renginius, akcijas mokiniams. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="00B63602" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00B5648E" w:rsidRDefault="008C4E28" w:rsidP="00D631F9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B63602">
-[...3 lines deleted...]
-        <w:t>Trys mokytojai vadovavo rajono mokytojų metodiniams būreliams: D. Purkėnas- technologijų mokytojų, L. Steponkevičienė- karjeros ugdymo, T. Saračinskienė- anglų kalbos.</w:t>
+      <w:r w:rsidRPr="00B5648E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Didelis dėmesys buvo skiriamas psichotropinių medžiagų vartojimo prevencijai- vykdytas </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC305A" w:rsidRPr="00B5648E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tęstinis </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5648E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>projekt</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC305A" w:rsidRPr="00B5648E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>as „Mokykla be dūmų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5648E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“, kurį finansavo Mažeikių r. savivaldybės visuomenės sveikatos rėmimo specialiosios programos lėšomis (projekto autorės </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5648E" w:rsidRPr="00B5648E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">soc. pedagogė </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5648E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>V. Br</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC305A" w:rsidRPr="00B5648E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">acė, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5648E" w:rsidRPr="00B5648E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">visuomenės sveikatos specialistė </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC305A" w:rsidRPr="00B5648E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>V. Šakiniūtė), kurio veiklos</w:t>
+      </w:r>
+      <w:r w:rsidR="00B5648E" w:rsidRPr="00B5648E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC305A" w:rsidRPr="00B5648E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dalyvavo </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5648E" w:rsidRPr="00B5648E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mokiniai, mokytojai, tėvai. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
-[...102 lines deleted...]
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="006B7942" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="008B6291" w:rsidRDefault="008C4E28" w:rsidP="00D631F9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B6291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B7942">
-[...17 lines deleted...]
-      <w:r w:rsidR="001E19FD">
+      <w:r w:rsidRPr="00A75804">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Gimnazijoje mokiniams buvo suteiktos galimybės rinktis įvairiapusišką ne</w:t>
+      </w:r>
+      <w:r w:rsidR="00B2576B" w:rsidRPr="00A75804">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>formaliojo švietimo veiklą (2024- 2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75804">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m. m.  neformalaus švietimo veiklas lankė </w:t>
+      </w:r>
+      <w:r w:rsidR="00C6320B" w:rsidRPr="00A75804">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>80,57</w:t>
+      </w:r>
+      <w:r w:rsidR="00C6320B" w:rsidRPr="00A75804">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>% mokini</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidR="001E19FD">
+        <w:t>%</w:t>
+      </w:r>
+      <w:r w:rsidR="00A75804" w:rsidRPr="00A75804">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>% mokini</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidR="001E19FD">
+        <w:t>, SUO mokini</w:t>
+      </w:r>
+      <w:r w:rsidR="00A75804" w:rsidRPr="00A75804">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ų</w:t>
+      </w:r>
+      <w:r w:rsidR="00C6320B" w:rsidRPr="00A75804">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00A75804" w:rsidRPr="00A75804">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>66</w:t>
+      </w:r>
+      <w:r w:rsidR="00A75804" w:rsidRPr="00A75804">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>% SUP mokini</w:t>
-[...53 lines deleted...]
-        <w:t>. Būrelių ir organizacijų atstovai dalyvavo įvairiuose gimnazijos, rajono, respublikos renginiuose. Veikė 2 NVŠ būreliai.</w:t>
+        <w:t xml:space="preserve">%, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B2576B" w:rsidRPr="00A75804">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2025- 2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75804">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m. m.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A75804" w:rsidRPr="00A75804">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75804">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00A75804" w:rsidRPr="00A75804">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>81,19</w:t>
+      </w:r>
+      <w:r w:rsidR="00A75804" w:rsidRPr="00A75804">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>%, SUP mokinių-</w:t>
+      </w:r>
+      <w:r w:rsidR="00A75804" w:rsidRPr="00A75804">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 73,68 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A75804" w:rsidRPr="00A75804">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75804">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>). Veikė Žemaitijos skautų ir  Jaunųjų Šaulių organizacijos,  gitaros, šokių, dainavimo, muzikavimo, įvairūs sporto, jaunųjų gamtininkų, STEAM, scenos meno, karoliukų vėrimo būreliai, folklorinis ansamblis „Rėmoliokaa“. Būrelių ir organizacijų atstovai dalyvavo įvairiuose gimnazijos, rajono, respublikos renginiuose. Veikė 2 NVŠ būreliai.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CE091D" w:rsidRPr="00FE57A0" w:rsidRDefault="00EE5BF5" w:rsidP="00FE57A0">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="005E7D1F" w:rsidRDefault="008C4E28" w:rsidP="00D631F9">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B6291">
+        <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E7D1F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Pravesti tradiciniai visos gimnazijos renginiai: klasių renginys „Kalėdų belaukiant...“, „Šimtadienis“, Valstybinių švenčių minėjimai, „Paskutinio skambučio šventė“, poeto V. Mačernio gimimo dienos minėjimas, sporto šventės, Europos kalbų diena, pyragų di</w:t>
+      </w:r>
+      <w:r w:rsidR="005B7819" w:rsidRPr="005E7D1F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ena,  padėkos vakaras, abiturientų išleistuvės, M. K. Čiurlionio metų paminėjimas, organizuoti </w:t>
+      </w:r>
+      <w:r w:rsidR="00237317" w:rsidRPr="005E7D1F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>susitikimai, pokalbiai su įvairių sričių specialistais, kurie dalijosi savo patirtimi, kaip pavyko pasiekti profesinių aukštumų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E7D1F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4E28" w:rsidRPr="005E7D1F" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00EF3185" w:rsidRDefault="00EF3185" w:rsidP="00D631F9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF3185">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2025-2026</w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="00EF3185">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> M. M. SITUACIJOS ANALIZĖ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00EF3185" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF3185">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokinių, klasių komplektų skaičius, mokytojų skaičius,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3185" w:rsidRPr="00EF3185">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kiti duomenys apie mokyklą 2025-2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF3185">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m. m.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00EF3185" w:rsidRDefault="009D066C" w:rsidP="008C4E28">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Gimnazijoje mokosi 351</w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="00EF3185">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokinių, suformuota 18 klasių komplektų:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00EF3185" w:rsidRDefault="00EF3185" w:rsidP="008C4E28">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1296"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF3185">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1 klasių- 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF3185">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EF3185">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EF3185">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>7 klasių- 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00EF3185" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1296"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF3185">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2 klasių- 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF3185">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EF3185">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EF3185">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>8 klasių- 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00EF3185" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1296"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF3185">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3 klasių- 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF3185">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EF3185">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EF3185">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>I klasių- 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00EF3185" w:rsidRDefault="00EF3185" w:rsidP="008C4E28">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1296"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF3185">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4 klasių- 2</w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="00EF3185">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="00EF3185">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="00EF3185">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>II klasių- 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00EF3185" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1296"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF3185">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5 klasių- 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF3185">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EF3185">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EF3185">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>III klasių- 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00EF3185" w:rsidRDefault="00EF3185" w:rsidP="008C4E28">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1296"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF3185">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6 klasių- 1</w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="00EF3185">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="00EF3185">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="00EF3185">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>IV klasių- 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4E28" w:rsidRPr="009D066C" w:rsidRDefault="008C4E28" w:rsidP="00AB48E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B6291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
-        </w:rPr>
-[...22 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D066C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pradinėse klasėse mokosi 112 mokinių, </w:t>
+      </w:r>
+      <w:r w:rsidR="009D066C" w:rsidRPr="009D066C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5-8 klasėse-  111</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D066C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokinių, I- II klasėse- 83 mokiniai, III- IV klasėse- 45 mokiniai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4E28" w:rsidRPr="006B4622" w:rsidRDefault="006B4622" w:rsidP="00AB48E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B4622">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Gimnazijoje ugdomi 38</w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="006B4622">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> specialiųjų poreikių mokiniai bendrose klasėse: 7 </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="006B4622">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>su dideliais specialiaisiais ugdymosi poreikiais</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B4622">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 29</w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="006B4622">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00644BF1">
-[...27 lines deleted...]
-        <w:t xml:space="preserve">ir. kt. </w:t>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="006B4622">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>su vidutiniais specialiaisiais ugdymosi poreikiais</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B4622">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 2</w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="006B4622">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> su nedideliais specialiaisiais ugdymosi poreikiais. </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="006B4622">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Jiems specialiąją pedagoginę pagalbą teikia pagalbos mokiniams specialistai.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CE091D" w:rsidRPr="005D6614" w:rsidRDefault="00CE091D" w:rsidP="00EE5BF5">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+    <w:p w:rsidR="008C4E28" w:rsidRPr="006B4622" w:rsidRDefault="008C4E28" w:rsidP="00AB48E3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B4622">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="006B4622" w:rsidRPr="006B4622">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2025- 2026 m. m. gimnazijoje dirba 42 mokytojai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B4622">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir s</w:t>
+      </w:r>
+      <w:r w:rsidR="006B4622" w:rsidRPr="006B4622">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pecialistai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B4622">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1 socialinė pedagogė, 1 psichologė, 1 spec. pedagogė</w:t>
+      </w:r>
+      <w:r w:rsidR="006B4622" w:rsidRPr="006B4622">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 1 bibliotekos darbuotoja) ir 7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B4622">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokytojų padėjėjai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00A53F82" w:rsidRDefault="008C4E28" w:rsidP="00AB48E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B6291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="006B4622" w:rsidRPr="00A53F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Gimnazijoje dirba: 19</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A53F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokytojų metodin</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53F82" w:rsidRPr="00A53F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inkų, 15 vyresniųjų mokytojų, 6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A53F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokytojų.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00D631F9" w:rsidRDefault="008C4E28" w:rsidP="00D631F9">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B6291">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC4AD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Neformaliojo švietimo valandos skiriamos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC4AD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>moksleivių pasirinktoms saviraiškos programoms- meniniams, sportiniams, kalbiniams mokinių gebėjimams ugdyti bei gilinti, papildyti žinias, įgytas formalaus ugdymo metu. Gimnazija siūlo šiuos neformalaus švietimo būrelius:  folklorinis ansamblis „Rėmoliokaa“, šokių, gitaros, stalo teniso, krepšinio, tinklinio, kvadrato, jaunųjų gamtininkų, STEA</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC4AD0" w:rsidRPr="00FC4AD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>M, karoliukų vėrimo, skaitymo, komandos formavimo, debatų, muzikos.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC4AD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Veikia 2 NVŠ būreliai. Gimnazijoje veikia Žemaitijos skautų  bei Jaunųjų Šaulių organizacijos.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="005D3D96" w:rsidRDefault="005D6614" w:rsidP="00EE5BF5">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00F1151D" w:rsidRDefault="00B27F72" w:rsidP="008C4E28">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00F1151D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2024-2025</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EE5BF5" w:rsidRPr="005D3D96">
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E28" w:rsidRPr="00F1151D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> M. M. SITUACIJOS ANALIZĖ</w:t>
+        <w:t xml:space="preserve"> M.  METINIAI VEIKLOS TIKSLAI, UŽDAVINIAI IR PRIEMONĖS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="003C756C" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="00B27F72" w:rsidRPr="00D631F9" w:rsidRDefault="00B27F72" w:rsidP="00D631F9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1680"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B27F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tikslas: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Gerinti mokinių ugdymo kokybę, tobulinant ugdymo galimybes.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="005D3D96" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="00B27F72" w:rsidRPr="00B27F72" w:rsidRDefault="00B27F72" w:rsidP="00B21C4F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="005D3D96">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B27F72">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> m. m.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Uždaviniai:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="005D3D96" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
-[...882 lines deleted...]
-    <w:p w:rsidR="008675F0" w:rsidRPr="008675F0" w:rsidRDefault="008675F0" w:rsidP="008675F0">
+    <w:p w:rsidR="00B27F72" w:rsidRPr="00B27F72" w:rsidRDefault="00B27F72" w:rsidP="00B27F72">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="38"/>
         </w:numPr>
-        <w:rPr>
-[...12 lines deleted...]
-        <w:t>Vykdyti TŪM programos veiklas.</w:t>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B27F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tobulinti pasiekimų ir pažangos stebėjimo, vertinimo būdus ir metodus, atitinkančius individualias kiekvieno mokinio galimybes.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="004A5185" w:rsidRDefault="008675F0" w:rsidP="004A5185">
+    <w:p w:rsidR="00B27F72" w:rsidRPr="00B27F72" w:rsidRDefault="00B27F72" w:rsidP="00B27F72">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="38"/>
         </w:numPr>
-        <w:rPr>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">Užtikrinti saugią, kokybišką socialinę emocinę aplinką įvairių ugdymosi poreikių mokiniams. </w:t>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B27F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stiprinti mokytojų ir švietimo pagalbos specialistų profesinį tobulėjimą ir lyderystę. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B27F72" w:rsidRPr="00B27F72" w:rsidRDefault="00B27F72" w:rsidP="00B27F72">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B27F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Taikyti mokinio mokymą(si) įgalinančias šiuolaikiškas ugdymo(si) priemones.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B27F72" w:rsidRPr="00F57949" w:rsidRDefault="00B27F72" w:rsidP="00B27F72">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B27F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Užtikrinti saugią, kokybišką socialinę/emocinę aplinką įvairių ugdymo(si)   poreikių mokiniams. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblW w:w="15446" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1870"/>
+        <w:gridCol w:w="1949"/>
         <w:gridCol w:w="567"/>
-        <w:gridCol w:w="3947"/>
+        <w:gridCol w:w="3920"/>
         <w:gridCol w:w="1703"/>
-        <w:gridCol w:w="1418"/>
-        <w:gridCol w:w="5941"/>
+        <w:gridCol w:w="1414"/>
+        <w:gridCol w:w="5893"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E514E4" w:rsidRPr="00464736" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="002C1CAA" w:rsidRPr="008B6291" w:rsidTr="000876B1">
         <w:trPr>
           <w:trHeight w:val="542"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1870" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00EE5BF5" w:rsidRPr="00464736" w:rsidRDefault="00EE5BF5" w:rsidP="00CF2F31">
+            <w:tcW w:w="1949" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00B92ED1" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92ED1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Uždavinys</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EE5BF5" w:rsidRPr="00464736" w:rsidRDefault="00EE5BF5" w:rsidP="00CF2F31">
-[...11 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00B92ED1" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92ED1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Eil. nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3947" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00EE5BF5" w:rsidRPr="00464736" w:rsidRDefault="00EE5BF5" w:rsidP="00CF2F31">
+            <w:tcW w:w="3920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00B92ED1" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92ED1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Priemonės pavadinimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1703" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EE5BF5" w:rsidRPr="00464736" w:rsidRDefault="00EE5BF5" w:rsidP="00CF2F31">
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00B92ED1" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92ED1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Atsakingas asmuo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00EE5BF5" w:rsidRPr="00464736" w:rsidRDefault="00EE5BF5" w:rsidP="00CF2F31">
+            <w:tcW w:w="1414" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00B92ED1" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92ED1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Laikas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5941" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00EE5BF5" w:rsidRPr="00464736" w:rsidRDefault="00EE5BF5" w:rsidP="00CF2F31">
+            <w:tcW w:w="5893" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C4E28" w:rsidRPr="00B92ED1" w:rsidRDefault="008C4E28" w:rsidP="00A84E85">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B92ED1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Rezultatas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35447" w:rsidRPr="00634757" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="003B399B" w:rsidRPr="008B6291" w:rsidTr="000876B1">
         <w:trPr>
           <w:trHeight w:val="699"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1870" w:type="dxa"/>
+            <w:tcW w:w="1949" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00B35447" w:rsidRPr="00077112" w:rsidRDefault="00B35447" w:rsidP="00B35447">
-[...18 lines deleted...]
-          <w:p w:rsidR="00B35447" w:rsidRPr="001D5337" w:rsidRDefault="00B35447" w:rsidP="00B35447">
+          <w:p w:rsidR="003B399B" w:rsidRPr="00F57949" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F57949">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.1. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F57949">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Tobulinti pasiekimų ir pažangos stebėjimo, vertinimo būdus ir metodus, atitinkančius individualias kiekvieno mokinio galimybes.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B399B" w:rsidRPr="008B6291" w:rsidRDefault="003B399B" w:rsidP="003B399B">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:ind w:left="1440"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B35447" w:rsidRPr="00077112" w:rsidRDefault="00B35447" w:rsidP="00B35447">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="003B399B" w:rsidRPr="008B6291" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B35447" w:rsidRPr="008675F0" w:rsidRDefault="00324F1C" w:rsidP="00B35447">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="003B399B" w:rsidRPr="008B6291" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00204761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00F94112" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">Atnaujinto ugdymo turinio įgyvendinimas </w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Rezultatų analizė (b</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F94112">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">randos </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>egzaminų, PUPP, NMPP, pusmečių)</w:t>
+            </w:r>
+            <w:r w:rsidR="005B49C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1703" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B35447" w:rsidRPr="00541800" w:rsidRDefault="00B35447" w:rsidP="00B35447">
-[...57 lines deleted...]
-              <w:t>Įgyvendinamas atnaujintas ugdymo turinys, atnaujinama  mokymo(si) priemonių bazė, tobulinami ilgalaikiai metiniai dalykų planai, mokytojai bendradarbiauja integruodami ugdymo turinį</w:t>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00F94112" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94112">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Atitinkamų dalykų mokytojai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1414" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00F94112" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94112">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kovas- rugsėjis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5893" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00F94112" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94112">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Išsami analizė padeda planuojant pamokas, analizės išvadas mokytojai panaudoja rengdami ilgalaikius planus, ruošdamiesi pamokoms. Gerėja mokinių pasiekimai. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35447" w:rsidRPr="00634757" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="003B399B" w:rsidRPr="008B6291" w:rsidTr="000876B1">
         <w:trPr>
           <w:trHeight w:val="699"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1870" w:type="dxa"/>
+            <w:tcW w:w="1949" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00B35447" w:rsidRPr="00077112" w:rsidRDefault="00B35447" w:rsidP="00B35447">
+          <w:p w:rsidR="003B399B" w:rsidRPr="008B6291" w:rsidRDefault="003B399B" w:rsidP="003B399B">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B35447" w:rsidRPr="008675F0" w:rsidRDefault="00324F1C" w:rsidP="00B35447">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="003B399B" w:rsidRPr="008B6291" w:rsidRDefault="00FA746F" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...26 lines deleted...]
-              <w:t>Brandos egzaminų, PUPP, NMPP rezultatų analizė, problemų iškėlimas, jų sprendimo planų rengimas</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="003B399B" w:rsidRPr="00204761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00E938AB" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E938AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ugdomosios veiklos diferencijavimas ir individualizavimas, akcentuojant gabių mokinių mokymą.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1703" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B35447" w:rsidRPr="00F5510F" w:rsidRDefault="00B35447" w:rsidP="00B35447">
-[...23 lines deleted...]
-          <w:p w:rsidR="00B35447" w:rsidRPr="00F5510F" w:rsidRDefault="00B35447" w:rsidP="00B35447">
+          <w:p w:rsidR="003B399B" w:rsidRPr="00E938AB" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E938AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Mokytojai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1414" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00E938AB" w:rsidRDefault="003B399B" w:rsidP="003B399B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...53 lines deleted...]
-              <w:t xml:space="preserve">Gerėja mokinių pasiekimai. </w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E938AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Visus metus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5893" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00E938AB" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E938AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">100 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E938AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>% l</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E938AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ietuvių kalbos, tiksliųjų mokslų, gamtos mokslų, socialinių mokslų, pradinių klasių mokytojai su 1- IV klasių mokiniais naudoja „Eduka“ mokymosi aplinką, užsienio kalbų  mokytojai </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E938AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quizlet“, Wordwall“, „Teacher made“ programėles </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E938AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">užduočių diferencijavimui ir individualizavimui. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35447" w:rsidRPr="00634757" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="003B399B" w:rsidRPr="008B6291" w:rsidTr="000876B1">
         <w:trPr>
           <w:trHeight w:val="699"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1870" w:type="dxa"/>
+            <w:tcW w:w="1949" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00B35447" w:rsidRPr="00077112" w:rsidRDefault="00B35447" w:rsidP="00B35447">
+          <w:p w:rsidR="003B399B" w:rsidRPr="008B6291" w:rsidRDefault="003B399B" w:rsidP="003B399B">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B35447" w:rsidRPr="008675F0" w:rsidRDefault="00324F1C" w:rsidP="00B35447">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00AB6309" w:rsidRDefault="00FA746F" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...25 lines deleted...]
-              <w:t>Ugdomosios veiklos diferencijavimas ir individualizavimas, akcentuojant gabių mokinių mokymą.</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="003B399B" w:rsidRPr="00AB6309">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00AB6309" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB6309">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Mokinių ruošimas ir dalyvavimas rajoniniuose, respublikiniuose, tarptau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>tiniuose projektuose</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB6309">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, programose, konkursuose, olimpiadose</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, varžybose</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1703" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B35447" w:rsidRPr="00C027F1" w:rsidRDefault="00B35447" w:rsidP="00B35447">
-[...21 lines deleted...]
-          <w:p w:rsidR="00B35447" w:rsidRPr="00C027F1" w:rsidRDefault="00B35447" w:rsidP="00B35447">
+          <w:p w:rsidR="003B399B" w:rsidRPr="00AB6309" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB6309">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Visi mokytojai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1414" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00AB6309" w:rsidRDefault="003B399B" w:rsidP="003B399B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB6309">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Visus metus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5941" w:type="dxa"/>
-[...66 lines deleted...]
-              <w:t xml:space="preserve">užduočių diferencijavimui ir individualizavimui. </w:t>
+            <w:tcW w:w="5893" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00AB6309" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB6309">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mokiniai ruošiami ir skatinami dalyvauti įvairiuose renginiuose, veiklose, kurios ugdo lyderystę, gerina emocinę sveikatą, suteikia galimybę gerinti pasiekimus. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35447" w:rsidRPr="00634757" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="003B399B" w:rsidRPr="008B6291" w:rsidTr="000876B1">
         <w:trPr>
           <w:trHeight w:val="699"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1870" w:type="dxa"/>
+            <w:tcW w:w="1949" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00B35447" w:rsidRPr="00077112" w:rsidRDefault="00B35447" w:rsidP="00B35447">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="003B399B" w:rsidRPr="008B6291" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B35447" w:rsidRPr="008675F0" w:rsidRDefault="00324F1C" w:rsidP="00B35447">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00204761" w:rsidRDefault="00FA746F" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...158 lines deleted...]
-          <w:p w:rsidR="00B35447" w:rsidRPr="008675F0" w:rsidRDefault="00B35447" w:rsidP="00B35447">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="003B399B" w:rsidRPr="00204761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00BA0DDF" w:rsidRDefault="003B399B" w:rsidP="003B399B">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008675F0">
+            <w:r w:rsidRPr="00BA0DDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Patyriminių dienų organizavimas gimnazijoje ir kitoje aplinkoje (STEAM)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1703" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B35447" w:rsidRPr="008675F0" w:rsidRDefault="00B35447" w:rsidP="00B35447">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="008675F0">
+          <w:p w:rsidR="003B399B" w:rsidRPr="00BA0DDF" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA0DDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Gamtos mokslų mokytojos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
-[...38 lines deleted...]
-              <w:t>Mokiniai vykdys tiriamąsias kūrybines veiklas naudodami šiuolaikines mokymo(si) priemones, vyks į patyriminio ugdymo dienas Varnių gamtos mokykloje bei Telšių STEAM centre.</w:t>
+            <w:tcW w:w="1414" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00BA0DDF" w:rsidRDefault="00204761" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E938AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Visus metus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5893" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00BA0DDF" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA0DDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mokiniai vykdys tiriamąsias kūrybines veiklas naudodami šiuolaikines mokymo(si) priemones, vyks į patyriminio </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA0DDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ugdymo dienas Varnių gamtos mokykloje bei Telšių STEAM centre.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35447" w:rsidRPr="00634757" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="003B399B" w:rsidRPr="008B6291" w:rsidTr="000876B1">
         <w:trPr>
           <w:trHeight w:val="699"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1870" w:type="dxa"/>
+            <w:tcW w:w="1949" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00B35447" w:rsidRPr="001D5337" w:rsidRDefault="00B35447" w:rsidP="00B35447">
+          <w:p w:rsidR="003B399B" w:rsidRPr="008B6291" w:rsidRDefault="003B399B" w:rsidP="003B399B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B35447" w:rsidRPr="007D052B" w:rsidRDefault="00324F1C" w:rsidP="00B35447">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00204761" w:rsidRDefault="00FA746F" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00B35447" w:rsidRPr="007D052B" w:rsidRDefault="00B35447" w:rsidP="00B35447">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="003B399B" w:rsidRPr="00204761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00B431BE" w:rsidRDefault="003B399B" w:rsidP="003B399B">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D052B">
+            <w:r w:rsidRPr="00B431BE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>I- II klasių mokinių gamtos, socialinių  mokslų, kalbų, menų bei technologijų metinių projektų vykdymas</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>I klasių mokinių metinių projektų vykdymas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00B431BE" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B431BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dalykų mokytojai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1414" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00B431BE" w:rsidRDefault="00204761" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E938AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Visus metus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5893" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00B431BE" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (STEAM)</w:t>
-[...53 lines deleted...]
-              <w:textAlignment w:val="baseline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B431BE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-              </w:rPr>
               <w:t>Mokiniai naudodami šiuolaikines mokymo(si) priemones pagilins tiriamosios veiklos įgūdžius, ugdysis bendrąsias kompetencijas, veikla skatins naujų metodų taikymą ugdymo procese, tai veiks mokinių motyvaciją bei mokymosi rezultatus.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35447" w:rsidRPr="00634757" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="003B399B" w:rsidRPr="008B6291" w:rsidTr="000876B1">
         <w:trPr>
           <w:trHeight w:val="699"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1870" w:type="dxa"/>
+            <w:tcW w:w="1949" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00B35447" w:rsidRPr="001D5337" w:rsidRDefault="00B35447" w:rsidP="00B35447">
+          <w:p w:rsidR="003B399B" w:rsidRPr="008B6291" w:rsidRDefault="003B399B" w:rsidP="003B399B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B35447" w:rsidRPr="007D052B" w:rsidRDefault="00324F1C" w:rsidP="00B35447">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00204761" w:rsidRDefault="00FA746F" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00B35447" w:rsidRPr="007D052B" w:rsidRDefault="00B35447" w:rsidP="00B35447">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="003B399B" w:rsidRPr="00204761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00FC684F" w:rsidRDefault="003B399B" w:rsidP="003B399B">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00FC684F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>Integruotų pamokų (gamtos mokslų, dailės ir technologijų) 8-I kl. ciklų kūrimas, išbandymas ir įgyvendinimas (STEAM)</w:t>
+              <w:t>Integruotų pamokų/veiklų organizavimas 1-IV klasėse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1703" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B35447" w:rsidRPr="007D052B" w:rsidRDefault="00B35447" w:rsidP="00B35447">
-[...43 lines deleted...]
-          <w:p w:rsidR="00B35447" w:rsidRPr="007D052B" w:rsidRDefault="00B35447" w:rsidP="00B35447">
+          <w:p w:rsidR="003B399B" w:rsidRPr="00FC684F" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC684F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dalykų mokytojai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1414" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00FC684F" w:rsidRDefault="00204761" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E938AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Visus metus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5893" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00FC684F" w:rsidRDefault="003B399B" w:rsidP="003B399B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00FC684F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>Mokiniai dalyvaus šiuolaikinio ugdymo veiklose, didės įtraukiojo ugdymo veiksmingumas specialiųjų poreikių mokiniams, mokytojai bendradarbiaus, mokysis vieni iš kitų.</w:t>
+              <w:t>Visi dalykų mokytojai tobulins bendradarbiavimo kompetenciją, mokiniai dalyvaus integruotose veiklose, gimnazijos renginiuose, projektuose.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35447" w:rsidRPr="00634757" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="003B399B" w:rsidRPr="008B6291" w:rsidTr="000876B1">
         <w:trPr>
           <w:trHeight w:val="699"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1870" w:type="dxa"/>
+            <w:tcW w:w="1949" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00B35447" w:rsidRPr="001D5337" w:rsidRDefault="00B35447" w:rsidP="00B35447">
+          <w:p w:rsidR="003B399B" w:rsidRPr="008B6291" w:rsidRDefault="003B399B" w:rsidP="003B399B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B35447" w:rsidRDefault="00324F1C" w:rsidP="00B35447">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00204761" w:rsidRDefault="00FA746F" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00B35447" w:rsidRDefault="00B35447" w:rsidP="00B35447">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="003B399B" w:rsidRPr="00204761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="0026636B" w:rsidRDefault="003B399B" w:rsidP="003B399B">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026636B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>Integruotų lietuvių kalbos, tiksliųjų mokslų, technologijų, dailės pamokų/ veiklų organizavimas gimnazijoje ir kitoje aplinkoje 5-II klasių mokiniams  (Kultūrinis ugdymas)</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>„Tamo“ dienyno įrankių panaudojimas kaupiamajam vertinimui fiksuoti</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1703" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B35447" w:rsidRDefault="00B35447" w:rsidP="00B35447">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="003B399B" w:rsidRPr="0026636B" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026636B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dalykų mokytojai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
-[...40 lines deleted...]
-              <w:t>Dalykų mokytojai tobulins bendradarbiavimo kompetenciją, mokiniai dalyvaus šiuolaikinio ugdymo saviraiškos veiklose, gimnazijos tradiciniuose renginiuose, projektuose.</w:t>
+            <w:tcW w:w="1414" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="0026636B" w:rsidRDefault="00204761" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E938AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Visus metus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5893" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="0026636B" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026636B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>75% mokytoj</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026636B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ų kaupiamajam vertinimui fiksuoti naudoja „Tamo“ dienyno įrankius. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35447" w:rsidRPr="00634757" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="003B399B" w:rsidRPr="008B6291" w:rsidTr="000876B1">
         <w:trPr>
           <w:trHeight w:val="699"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1870" w:type="dxa"/>
+            <w:tcW w:w="1949" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00B35447" w:rsidRPr="001D5337" w:rsidRDefault="00B35447" w:rsidP="00B35447">
+          <w:p w:rsidR="003B399B" w:rsidRPr="008B6291" w:rsidRDefault="003B399B" w:rsidP="003B399B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B35447" w:rsidRPr="00234400" w:rsidRDefault="00324F1C" w:rsidP="00B35447">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00204761" w:rsidRDefault="00FA746F" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00B35447" w:rsidRPr="00CD09A9" w:rsidRDefault="00B35447" w:rsidP="00B35447">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="003B399B" w:rsidRPr="00204761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00B044E5" w:rsidRDefault="003B399B" w:rsidP="003B399B">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD09A9">
+            <w:r w:rsidRPr="00B044E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Neformalaus švietimas- dizaino ir dailiųjų amatų būrelių veiklų organizavimas (Kultūrinis ugdymas)</w:t>
+              <w:t>Grįžtamojo ryšio teikimo  tobulinimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1703" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B35447" w:rsidRPr="00CD09A9" w:rsidRDefault="00B35447" w:rsidP="00B35447">
-[...43 lines deleted...]
-          <w:p w:rsidR="00B35447" w:rsidRPr="00CD09A9" w:rsidRDefault="00B35447" w:rsidP="00B35447">
+          <w:p w:rsidR="003B399B" w:rsidRPr="00B044E5" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Mokytojai, pagalbos specialistai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1414" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00B044E5" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Gegužė, rugsėjis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5893" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00B044E5" w:rsidRDefault="003B399B" w:rsidP="003B399B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD09A9">
+            <w:r w:rsidRPr="00B044E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mokytojai sudarys mokiniams galimybes dalyvauti kūrybiškumą ugdančiose veiklose, kurios lavins saviraišką. </w:t>
+              <w:t>Mokytojams, pagalbos specialistams dalijantis gerąja patirtimi, diskutuojant metodinės grupėse susitariama dėl grįžtamojo ryšio teikimo metodų bei būdų</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35447" w:rsidRPr="00634757" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="003B399B" w:rsidRPr="008B6291" w:rsidTr="000876B1">
         <w:trPr>
           <w:trHeight w:val="699"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1870" w:type="dxa"/>
+            <w:tcW w:w="1949" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00B35447" w:rsidRPr="001D5337" w:rsidRDefault="00B35447" w:rsidP="00B35447">
+          <w:p w:rsidR="003B399B" w:rsidRPr="008B6291" w:rsidRDefault="003B399B" w:rsidP="003B399B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B35447" w:rsidRPr="00234400" w:rsidRDefault="00324F1C" w:rsidP="00B35447">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00204761" w:rsidRDefault="00FA746F" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00B35447" w:rsidRPr="00CD09A9" w:rsidRDefault="00B35447" w:rsidP="00B35447">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="003B399B" w:rsidRPr="00204761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00E938AB" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E938AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mokymosi pagalbos teikimas įvairių gebėjimų mokiniams </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00E938AB" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E938AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Visi mokytojai ir specialistai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1414" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00E938AB" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E938AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Visus metus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5893" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00E938AB" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E938AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Sunkumų turintiems mokiniams (po ligos, po prastai išlaikytų pasiekimų patikrinimų) skiriamos konsultacinės valandos. Aukštų pasiekimų mokiniams suteikta pagalba gilinti žinias.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B399B" w:rsidRPr="008B6291" w:rsidTr="000876B1">
+        <w:trPr>
+          <w:trHeight w:val="699"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1949" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="008B6291" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00204761" w:rsidRDefault="00FA746F" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="003B399B" w:rsidRPr="00204761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="006665E5" w:rsidRDefault="003B399B" w:rsidP="003B399B">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...9 lines deleted...]
-              <w:t>Dizaino dirbtuvės „Kūrybiškumo virsmas“ (kultūrinis ugdymas)</w:t>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006665E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Aktyvus ir kryptingas mokinių karjeros orientavimas: praktikos, šešėliavimas, susitikimai su profesinių</w:t>
+            </w:r>
+            <w:r w:rsidR="007255F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mokyklų </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006665E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir aukštojo mokslo atstovais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1703" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B35447" w:rsidRPr="00CD09A9" w:rsidRDefault="00B35447" w:rsidP="00B35447">
-[...43 lines deleted...]
-          <w:p w:rsidR="00B35447" w:rsidRPr="00CD09A9" w:rsidRDefault="00B35447" w:rsidP="00B35447">
+          <w:p w:rsidR="003B399B" w:rsidRPr="000D70A3" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D70A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Karjeros specialistė, klasių vadovai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1414" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="000D70A3" w:rsidRDefault="00204761" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E938AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Visus metus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5893" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="006665E5" w:rsidRDefault="003B399B" w:rsidP="003B399B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="006665E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Suorganizuota ne mažiau kaip 1 karjeros diena. Suorganizuota 1 išvyka į Studijų </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...21 lines deleted...]
-              <w:t>kais, dizaino, IKT specialistais, įtrauks mokinius į šiuolaikinio ugdymo veiklas, suteiks galimybę įgyti patirčių dizaino srityje, supažindins su karjeros galimybėmis.</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">mugę Vilniuje. Suorganizuotos karjeros veiklos klasėse. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35447" w:rsidRPr="00634757" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="003B399B" w:rsidRPr="008B6291" w:rsidTr="000876B1">
         <w:trPr>
           <w:trHeight w:val="699"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1870" w:type="dxa"/>
+            <w:tcW w:w="1949" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00B35447" w:rsidRPr="001D5337" w:rsidRDefault="00B35447" w:rsidP="00B35447">
+          <w:p w:rsidR="003B399B" w:rsidRPr="008B6291" w:rsidRDefault="003B399B" w:rsidP="003B399B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B35447" w:rsidRPr="00234400" w:rsidRDefault="00324F1C" w:rsidP="00B35447">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00204761" w:rsidRDefault="00FA746F" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00B35447" w:rsidRDefault="00B35447" w:rsidP="00B35447">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidR="003B399B" w:rsidRPr="00204761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00204761" w:rsidRDefault="00204761" w:rsidP="003B399B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00204761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>SUP mokinių įtraukties į ugdymo procesą organizavimas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00204761" w:rsidRDefault="00204761" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00204761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Mokytojai, pagalbos specialistai, administracija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1414" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00204761" w:rsidRDefault="00204761" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00204761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Visus metus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5893" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00204761" w:rsidRDefault="00204761" w:rsidP="003B399B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00204761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nuolat aptariamas SUP mokinių įsitraukimas į ugdymo procesą. Bendradarbiauja mokytojai ir pagalbos specialistai. Sudaromos sąlygos SUP mokiniams dalyvauti neformaliojo švietimo veiklose. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B399B" w:rsidRPr="008B6291" w:rsidTr="000876B1">
+        <w:trPr>
+          <w:trHeight w:val="699"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1949" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="008B6291" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="008B6291" w:rsidRDefault="00FA746F" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="003B399B" w:rsidRPr="00ED73BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="002414F7" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002414F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Bendradarbiavimo su tėvais renginiai</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B399B" w:rsidRPr="002414F7" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002414F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Atvirų durų dienų, susirinkimų, trišalių susitikimų tėvams (globėjams, rūpintojams) organizavimas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="002414F7" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002414F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Švietimo pagalbos specialistai,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B399B" w:rsidRPr="002414F7" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002414F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>klasių vadovai, dalykų mokytojai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1414" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="002414F7" w:rsidRDefault="00204761" w:rsidP="003B399B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E938AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Visus metus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002414F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5893" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="002414F7" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002414F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pravestos 2 tėvų (globėjų, rūpintojų) atvirų durų dienos,  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B399B" w:rsidRPr="002414F7" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002414F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>konferencija „Rytojaus tėvai“, po 2 klasių tėvų susirinkimus per m. m. Trišaliuose pokalbiuose aptariamos mokymo(si) galimybės, problemos, randamos sąsajos, kaip bendradarbiaujant padėti mokiniui pasiekti pažangą, renginių metu tėvai dalyvauja diskusijose, mokymuose, klauso paskaitų apie vaikų ugdymą.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B399B" w:rsidRPr="008B6291" w:rsidTr="000876B1">
+        <w:trPr>
+          <w:trHeight w:val="699"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1949" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="008B6291" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="008B6291" w:rsidRDefault="00FA746F" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidR="00204761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00204761" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00204761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Vidaus kokybės įsivertinimas. Atlikti platųjį (visuminį) įsivertinimą</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00204761" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00204761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vidaus </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA746F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">veiklos </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00204761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>kokybės įsivertinimo grupė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1414" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00204761" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00204761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Gegužės mėn.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5893" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B399B" w:rsidRPr="00204761" w:rsidRDefault="003B399B" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00204761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Atlikti visų rodiklių visuminį vertinimą. Nustatyti gimnazijos veiklos tobulinimo kryptis.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C5511" w:rsidRPr="008B6291" w:rsidTr="000876B1">
+        <w:trPr>
+          <w:trHeight w:val="699"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1949" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C5511" w:rsidRPr="00F57949" w:rsidRDefault="006C5511" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.2. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F57949">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Stiprinti mokytojų ir švietimo pagalbos specialistų profesinį tobulėjimą ir lyderystę. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C5511" w:rsidRPr="008B6291" w:rsidRDefault="006C5511" w:rsidP="003B399B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C5511" w:rsidRPr="00ED73BE" w:rsidRDefault="00ED73BE" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED73BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C5511" w:rsidRPr="007D2E88" w:rsidRDefault="006C5511" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D2E88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2026 m. mokytojų ir pagalbos specialistų (išskyrus psichologus)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> atestacijos programos vykdymas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C5511" w:rsidRPr="007D2E88" w:rsidRDefault="006C5511" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D2E88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Metodinės tarybos nariai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1414" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C5511" w:rsidRPr="007D2E88" w:rsidRDefault="006C5511" w:rsidP="00204761">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D2E88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Sausis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5893" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C5511" w:rsidRPr="007D2E88" w:rsidRDefault="006C5511" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1 pradinių klasių mokytoja siekia vyresniosios mokytojos kvalifikacinės kategorijos.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C5511" w:rsidRPr="008B6291" w:rsidTr="000876B1">
+        <w:trPr>
+          <w:trHeight w:val="699"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1949" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="006C5511" w:rsidRDefault="006C5511" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C5511" w:rsidRPr="00ED73BE" w:rsidRDefault="00ED73BE" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED73BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C5511" w:rsidRPr="000F1C65" w:rsidRDefault="009E435A" w:rsidP="003B399B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Mokyklos</w:t>
+            </w:r>
+            <w:r w:rsidR="006C5511" w:rsidRPr="000F1C65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir poeto V. Mačernio 105-ojo jubiliejaus šventės organizavimas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C5511" w:rsidRPr="000F1C65" w:rsidRDefault="006C5511" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F1C65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Darbo grupė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1414" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C5511" w:rsidRPr="000F1C65" w:rsidRDefault="006C5511" w:rsidP="003B399B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F1C65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kovas- birželis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5893" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C5511" w:rsidRPr="000F1C65" w:rsidRDefault="006C5511" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F1C65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Birželio 5 dieną suorganizuota šventė, kurioje dalyvauja esami ir buvę gimnazijos mokiniai, mokytojai, darbuotojai. Renginys skatins bendruomeniškumą, tradicijų saugojimą, lyderystę. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C5511" w:rsidRPr="008B6291" w:rsidTr="000876B1">
+        <w:trPr>
+          <w:trHeight w:val="699"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1949" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="006C5511" w:rsidRDefault="006C5511" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C5511" w:rsidRPr="00ED73BE" w:rsidRDefault="00ED73BE" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED73BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C5511" w:rsidRPr="000F1C65" w:rsidRDefault="006C5511" w:rsidP="003B399B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Mokymai mokytojams ir pagalbos specialistams „Motyvacija ir savimotyvacija būti moderniais mokytojais“ (lektorė L. Laurinčiukienė)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C5511" w:rsidRPr="000F1C65" w:rsidRDefault="006C5511" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D. Sakalauskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1414" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C5511" w:rsidRPr="000F1C65" w:rsidRDefault="006C5511" w:rsidP="003B399B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Rugsėjis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5893" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C5511" w:rsidRPr="000F1C65" w:rsidRDefault="006C5511" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Mokytojai ir pagalbos specialistai pagilins žinias ir įgūdžius, kaip šiuolaikiniai ugdymo metodai, technologijos, socialiniai pokyčiai veikia mokytojo vaidmenį bei kasdienę praktiką.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C5511" w:rsidRPr="008B6291" w:rsidTr="000876B1">
+        <w:trPr>
+          <w:trHeight w:val="699"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1949" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="006C5511" w:rsidRDefault="006C5511" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C5511" w:rsidRPr="00ED73BE" w:rsidRDefault="00ED73BE" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED73BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C5511" w:rsidRPr="00023BDE" w:rsidRDefault="006C5511" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00023BDE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kolegialus grįžtamasis ryšys. Kolegų pamokų stebėjimas ir aptarimas, dalijimasis patirtimi formuluojant pamokos uždavinius, taikant mokymo(si) metodus ir būdus.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C5511" w:rsidRPr="00023BDE" w:rsidRDefault="006C5511" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00023BDE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Mokytojai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1414" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C5511" w:rsidRPr="00023BDE" w:rsidRDefault="006C5511" w:rsidP="003B399B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00023BDE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Visus metus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5893" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C5511" w:rsidRPr="00023BDE" w:rsidRDefault="006C5511" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00023BDE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kiekvienas mokytojas per metus ves ir  stebės  ne mažiau kaip po 2 pamokas, aptars pamokų sėkmes ir nesėkmes. Teiks siūlymus, kaip tobulinti veiklas. Gerės pamokos vadyba, bus taikomi įvairesni netradiciniai mokymo(si) metodai, būdai.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00204761" w:rsidRPr="008B6291" w:rsidTr="000876B1">
+        <w:trPr>
+          <w:trHeight w:val="699"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1949" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00204761" w:rsidRDefault="00204761" w:rsidP="00204761">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00204761" w:rsidRPr="00ED73BE" w:rsidRDefault="00ED73BE" w:rsidP="00204761">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED73BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00204761" w:rsidRPr="00C332C1" w:rsidRDefault="00204761" w:rsidP="00204761">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C332C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Gerosios patirties sklaida su Gargždų „Vaivorykštės gimnazija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00204761" w:rsidRPr="00C332C1" w:rsidRDefault="00204761" w:rsidP="00204761">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C332C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Metodinė taryba</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1414" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00204761" w:rsidRDefault="00204761" w:rsidP="00204761">
+            <w:r w:rsidRPr="00512C6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Visus metus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5893" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00204761" w:rsidRPr="00C332C1" w:rsidRDefault="00204761" w:rsidP="00204761">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C332C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalintis su kolegomis iš Gargždų </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">apie metodinį darbą, ugdymo sėkmes ir iššūkius. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C332C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00204761" w:rsidRPr="008B6291" w:rsidTr="000876B1">
+        <w:trPr>
+          <w:trHeight w:val="699"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1949" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00204761" w:rsidRDefault="00204761" w:rsidP="00204761">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00204761" w:rsidRPr="00ED73BE" w:rsidRDefault="00ED73BE" w:rsidP="00204761">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED73BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00204761" w:rsidRPr="00357087" w:rsidRDefault="00204761" w:rsidP="00204761">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00357087">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kiekvieno mokytojo, pagalbos specialisto kvalifikacijos tobulinimas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00204761" w:rsidRPr="00357087" w:rsidRDefault="00204761" w:rsidP="00204761">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00357087">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Mokytojai, pagalbos specialistai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1414" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00204761" w:rsidRDefault="00204761" w:rsidP="00204761">
+            <w:r w:rsidRPr="00512C6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Visus metus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5893" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00204761" w:rsidRPr="00357087" w:rsidRDefault="00204761" w:rsidP="00204761">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00357087">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kiekvienas mokytojas, pagalbos specialistas dalyvaudamas dalykiniuose, psichologiniuose mokymuose, seminaruose, kvalifikaciją tobulina 30 ak. val. per metus. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E567F3" w:rsidRPr="008B6291" w:rsidTr="000876B1">
+        <w:trPr>
+          <w:trHeight w:val="699"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1949" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="00F57949" w:rsidRDefault="00E567F3" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.3. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F57949">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Taikyti mokinio mokymą(si) įgalinančias šiuolaikiškas ugdymo(si) priemones.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E567F3" w:rsidRDefault="00E567F3" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="00ED73BE" w:rsidRDefault="00E567F3" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED73BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="00097C88" w:rsidRDefault="00E567F3" w:rsidP="003B399B">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097C88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Šiuolaikiškų mokymo(si) priemonių, įsigytų iš TŪM II lėšų</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097C88">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>iššūkių turinčius mokinius (Įtraukusis ugdymas)</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> naudojimas ugdymo procese</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1703" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B35447" w:rsidRDefault="00B35447" w:rsidP="00B35447">
-[...54 lines deleted...]
-          <w:p w:rsidR="00B35447" w:rsidRDefault="00B35447" w:rsidP="00B35447">
+          <w:p w:rsidR="00E567F3" w:rsidRPr="00097C88" w:rsidRDefault="00E567F3" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097C88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Mokytojai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1414" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="00097C88" w:rsidRDefault="00E567F3" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097C88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Visus metus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5893" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="00097C88" w:rsidRDefault="00E567F3" w:rsidP="003B399B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00097C88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Gerins komunikaciją ir bendradarbiavimą tarp mokytojų ir švietimo pagalbos specialist, sudarys galimybes tikslingiau įvairinti mokymo(si) aplinkas</w:t>
+              <w:t xml:space="preserve">Šiuolaikiškų priemonių naudojimas didina mokymosi veiksmingumą, skatina mokinių kūrybiškumą, poreikį tyrinėti, didina motyvaciją. Gerėja mokinių mokymosi rezultatai. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35447" w:rsidRPr="00634757" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="00E567F3" w:rsidRPr="008B6291" w:rsidTr="000876B1">
         <w:trPr>
           <w:trHeight w:val="699"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1870" w:type="dxa"/>
+            <w:tcW w:w="1949" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00B35447" w:rsidRPr="001D5337" w:rsidRDefault="00B35447" w:rsidP="00B35447">
-[...4 lines deleted...]
-                <w:color w:val="FF0000"/>
+          <w:p w:rsidR="00E567F3" w:rsidRDefault="00E567F3" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B35447" w:rsidRPr="00234400" w:rsidRDefault="00324F1C" w:rsidP="00B35447">
-[...21 lines deleted...]
-          <w:p w:rsidR="00B35447" w:rsidRDefault="00B35447" w:rsidP="00B35447">
+          <w:p w:rsidR="00E567F3" w:rsidRPr="00ED73BE" w:rsidRDefault="00E567F3" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED73BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="00023BDE" w:rsidRDefault="00E567F3" w:rsidP="003B399B">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00023BDE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-              <w:t>Mokymai mokiniams ir mokytojams „Tvarios lyderystės pamokos“ (Lyderystė)</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Skaitmeninio specialiųjų ugdymo priemonių ir įtraukiojo ugdymo </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00023BDE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>metodikų katalogo kūrimas ir įveiklinimas (Įtraukusis ugdymas)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1703" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B35447" w:rsidRDefault="00B35447" w:rsidP="00B35447">
-[...43 lines deleted...]
-          <w:p w:rsidR="00B35447" w:rsidRDefault="00B35447" w:rsidP="00B35447">
+          <w:p w:rsidR="00E567F3" w:rsidRPr="00023BDE" w:rsidRDefault="00E567F3" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00023BDE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Administracija, švietimo pagalbos </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00023BDE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>specialistai, mokytojai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1414" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="00023BDE" w:rsidRDefault="00E567F3" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00023BDE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Visus metus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5893" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="00023BDE" w:rsidRDefault="00E567F3" w:rsidP="003B399B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00023BDE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Stiprės asmeninė lyderystė, partnerystė ir bendradarbiavimas, bus ugdomas kritinis mąstymas.</w:t>
+              <w:t xml:space="preserve">Skaitmeninis katalogas veiks kaip skaitmeninis fondas, kuriame mokytojai ir specialistai gales rasti priemones bei metodikas naudingas įtraukiajame ugdyme. Tai teigiamai </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00023BDE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>veiks mokinių motyvaciją mokytis bei individualią mokinio pažangą.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35447" w:rsidRPr="00634757" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="00E567F3" w:rsidRPr="008B6291" w:rsidTr="000876B1">
         <w:trPr>
           <w:trHeight w:val="699"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1870" w:type="dxa"/>
+            <w:tcW w:w="1949" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00B35447" w:rsidRPr="001D5337" w:rsidRDefault="00B35447" w:rsidP="00B35447">
-[...4 lines deleted...]
-                <w:color w:val="FF0000"/>
+          <w:p w:rsidR="00E567F3" w:rsidRDefault="00E567F3" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B35447" w:rsidRPr="001D5337" w:rsidRDefault="00324F1C" w:rsidP="00B35447">
-[...575 lines deleted...]
-          <w:p w:rsidR="00B35447" w:rsidRPr="00CD09A9" w:rsidRDefault="00B35447" w:rsidP="00B35447">
+          <w:p w:rsidR="00E567F3" w:rsidRPr="00ED73BE" w:rsidRDefault="00E567F3" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED73BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="008D1D11" w:rsidRDefault="00E567F3" w:rsidP="003B399B">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D1D11">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-              <w:t>Skaitmeninio specialiųjų ugdymo priemonių ir įtraukiojo ugdymo metodikų katalogo kūrimas ir įveiklinimas (Įtraukusis ugdymas)</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Aprūpinimas vadovėliais ir mokymo(si) priemonėmis (pagal galimybes)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1703" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B35447" w:rsidRPr="00CD09A9" w:rsidRDefault="00B35447" w:rsidP="00B35447">
-[...43 lines deleted...]
-          <w:p w:rsidR="00B35447" w:rsidRPr="00CD09A9" w:rsidRDefault="00B35447" w:rsidP="00B35447">
+          <w:p w:rsidR="00E567F3" w:rsidRPr="008D1D11" w:rsidRDefault="00E567F3" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D1D11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Administracija, bibliotekininkė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1414" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="008D1D11" w:rsidRDefault="00E567F3" w:rsidP="003B399B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D1D11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Visus metus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5893" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="008B6291" w:rsidRDefault="00E567F3" w:rsidP="003B399B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00310BFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Skaitmeninis katalogas veiks kaip skaitmeninis fondas, kuriame mokytojai ir specialistai gales rasti priemones bei metodikas naudingas įtraukiajame ugdyme. Tai teigiamai veiks mokinių motyvaciją mokytis bei individualią mokinio pažangą.</w:t>
+              <w:t xml:space="preserve">Sklandaus ugdymo proceso užtikrinimui panaudojant turimas mokinio krepšelio ir projekto „Galimybių mokykla“ lėšas įsigyti vadovėlių ir mokymo(si) priemonių, atitinkančių atnaujintą ugdymo turinį.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35447" w:rsidRPr="00CD09A9" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="00E567F3" w:rsidRPr="008B6291" w:rsidTr="000876B1">
         <w:trPr>
           <w:trHeight w:val="699"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1870" w:type="dxa"/>
+            <w:tcW w:w="1949" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00B35447" w:rsidRPr="00CD09A9" w:rsidRDefault="00B35447" w:rsidP="00B35447">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00E567F3" w:rsidRDefault="00E567F3" w:rsidP="00E567F3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B35447" w:rsidRPr="00CD09A9" w:rsidRDefault="00324F1C" w:rsidP="00B35447">
-[...42 lines deleted...]
-              <w:t>Metodinė diena su kitomis rajono mokyklomis (TŪM tinklaveika) (Mažeikių r. Židikų Marijos Pečkauskaitės gimnazija, Mažeikių r. Tirkšlių Juozo Vitkaus- Kazimieraičio progimnazija)</w:t>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="00ED73BE" w:rsidRDefault="00E567F3" w:rsidP="00E567F3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="00E567F3" w:rsidRDefault="00E567F3" w:rsidP="00E567F3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E567F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dirbtinio intelekto įrankių integravimas į ugdymo procesą.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1703" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B35447" w:rsidRDefault="00B35447" w:rsidP="00B35447">
-[...62 lines deleted...]
-              <w:t>Dalijamasi patirtimi su kolegomis iš kitų rajono mokyklų apie naudingas priemones, metodus, TŪM mokymų metu įgytas patirtis.</w:t>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="00E567F3" w:rsidRDefault="00E567F3" w:rsidP="00E567F3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E567F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dalykų mokytojai, pagalbos specialistai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1414" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="00E567F3" w:rsidRDefault="00E567F3" w:rsidP="00E567F3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E567F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Visus metus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5893" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="00E567F3" w:rsidRDefault="00E567F3" w:rsidP="00E567F3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E567F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dirbtinio intelekto įrankiai  tikslingai taikomi ugdymo procese, didinant mokinių įsitraukimą, personalizuojant mokymąsi ir stiprinant mokytojų skaitmenines kompetencijas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00324F1C" w:rsidRPr="00CD09A9" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="00E567F3" w:rsidRPr="008B6291" w:rsidTr="000876B1">
         <w:trPr>
           <w:trHeight w:val="699"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1870" w:type="dxa"/>
+            <w:tcW w:w="1949" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00324F1C" w:rsidRPr="007445E0" w:rsidRDefault="00324F1C" w:rsidP="00324F1C">
+          <w:p w:rsidR="00E567F3" w:rsidRPr="00F57949" w:rsidRDefault="00E567F3" w:rsidP="00E567F3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.4. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F57949">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Užtikrinti saugią, kokybišką socialinę/emocinę aplinką įvairių ugdymo(si)   poreikių mokiniams.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="008B6291" w:rsidRDefault="00E567F3" w:rsidP="00E567F3">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="00BA0EF9" w:rsidRDefault="00E567F3" w:rsidP="00E567F3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA0EF9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="00BA0EF9" w:rsidRDefault="00E567F3" w:rsidP="00E567F3">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA0EF9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Apklausų, tyrimų apie mokinių ir mokytojų savijautą organizavimas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="00BA0EF9" w:rsidRDefault="00E567F3" w:rsidP="00E567F3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA0EF9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Administracija, švietimo pagalbos specialistai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1414" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="00BA0EF9" w:rsidRDefault="00E567F3" w:rsidP="00E567F3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA0EF9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Vasaris- lapkritis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5893" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="00BA0EF9" w:rsidRDefault="00E567F3" w:rsidP="00E567F3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA0EF9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Apklausose dalyvauja 5-IV mokiniai, mokytojai bei pagalbos specialistai. Įvertinta mokinių, mokytojų bei pagalbos specialistų savijauta įgyvendinant atnaujintą ugdymo turinį, laiku suteikiama reikalinga pagalba.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E567F3" w:rsidRPr="008B6291" w:rsidTr="000876B1">
+        <w:trPr>
+          <w:trHeight w:val="699"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1949" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="008B6291" w:rsidRDefault="00E567F3" w:rsidP="00E567F3">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00324F1C" w:rsidRDefault="00324F1C" w:rsidP="00324F1C">
-[...36 lines deleted...]
-              <w:t>Apklausų, tyrimų apie mokinių ir mokytojų savijautą organizavimas</w:t>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="00204761" w:rsidRDefault="00E567F3" w:rsidP="00E567F3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00204761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="0078593B" w:rsidRDefault="00E567F3" w:rsidP="00E567F3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078593B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Vykdyti prevencines programas „OPKUS“, „Antras žingsnis“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1703" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00324F1C" w:rsidRPr="000D1321" w:rsidRDefault="00324F1C" w:rsidP="00324F1C">
-[...21 lines deleted...]
-          <w:p w:rsidR="00324F1C" w:rsidRPr="000D1321" w:rsidRDefault="00324F1C" w:rsidP="00324F1C">
+          <w:p w:rsidR="00E567F3" w:rsidRPr="0078593B" w:rsidRDefault="00E567F3" w:rsidP="00E567F3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078593B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Visi mokytojai, darbuotojai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1414" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="0078593B" w:rsidRDefault="00E567F3" w:rsidP="00E567F3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...31 lines deleted...]
-              <w:t>Apklausose dalyvauja 5-IV mokiniai, mokytojai bei pagalbos specialistai. Įvertinta mokinių, mokytojų bei pagalbos specialistų savijauta įgyvendinant atnaujintą ugdymo turinį, laiku suteikiama reikalinga pagalba.</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078593B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Sausio- gruodžio mėn.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5893" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="0078593B" w:rsidRDefault="00E567F3" w:rsidP="00E567F3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078593B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Reaguojama į patyčias, sprendžiamos patyčių problemos, vykdoma patyčių prevencija. Patyčių lygis mažėja. Bendradarbiaujama su Vaiko teisių tarnyba</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00324F1C" w:rsidRPr="00CD09A9" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="00E567F3" w:rsidRPr="008B6291" w:rsidTr="000876B1">
         <w:trPr>
           <w:trHeight w:val="699"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1870" w:type="dxa"/>
+            <w:tcW w:w="1949" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00324F1C" w:rsidRPr="007445E0" w:rsidRDefault="00324F1C" w:rsidP="00324F1C">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="008B6291" w:rsidRDefault="00E567F3" w:rsidP="00E567F3">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00324F1C" w:rsidRPr="00CD09A9" w:rsidRDefault="00324F1C" w:rsidP="00324F1C">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="00204761" w:rsidRDefault="00E567F3" w:rsidP="00E567F3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...26 lines deleted...]
-              <w:t>Vykdy</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00204761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="00386D91" w:rsidRDefault="00E567F3" w:rsidP="00E567F3">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386D91">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Prevencinės veiklos psichotropinių medžiagų vartojimo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ti prevencines programas „OPKUS</w:t>
-[...8 lines deleted...]
-              <w:t>“, „Antras žingsnis“</w:t>
+              <w:t>, saugaus elgesio, sveikatos</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00386D91">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> klausimais organizavimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1703" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00324F1C" w:rsidRPr="0028289E" w:rsidRDefault="00324F1C" w:rsidP="00324F1C">
-[...23 lines deleted...]
-          <w:p w:rsidR="00324F1C" w:rsidRPr="0028289E" w:rsidRDefault="00324F1C" w:rsidP="00324F1C">
+          <w:p w:rsidR="00E567F3" w:rsidRPr="00386D91" w:rsidRDefault="00E567F3" w:rsidP="00E567F3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386D91">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Soc pedagogė, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>klasių vadovai, visuomenės sveikatos priežiūros specialistė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1414" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="00386D91" w:rsidRDefault="00E567F3" w:rsidP="00E567F3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0028289E">
-[...40 lines deleted...]
-              <w:t>Patyčių lygis mažėja. Bendradarbiaujama su Vaiko teisių tarnyba</w:t>
+            <w:r w:rsidRPr="00E938AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Visus metus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5893" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="00386D91" w:rsidRDefault="00E567F3" w:rsidP="00E567F3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386D91">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Siekiama mažinti psichotropinių medžiagų vartojimą, didinti žinomumą apie jų žalą ir administracinę bei baudžiamąją atsakomybę nepilnamečiams, kurie vartoja ir/ar disponuoja psichotropinėmis medžiagomis.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00324F1C" w:rsidRPr="00CD09A9" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="00E567F3" w:rsidRPr="008B6291" w:rsidTr="000876B1">
         <w:trPr>
           <w:trHeight w:val="699"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1870" w:type="dxa"/>
+            <w:tcW w:w="1949" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00324F1C" w:rsidRPr="00CD09A9" w:rsidRDefault="00324F1C" w:rsidP="00324F1C">
+          <w:p w:rsidR="00E567F3" w:rsidRPr="008B6291" w:rsidRDefault="00E567F3" w:rsidP="00E567F3">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00324F1C" w:rsidRPr="00CD09A9" w:rsidRDefault="00324F1C" w:rsidP="00324F1C">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="00204761" w:rsidRDefault="00E567F3" w:rsidP="00E567F3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Mokymosi pagalbos teikimas įvairių gebėjimų mokiniams </w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00204761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="007873AF" w:rsidRDefault="00E567F3" w:rsidP="00E567F3">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007873AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Mokytojų emocinės sveikatos stiprinimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1703" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00324F1C" w:rsidRPr="00707391" w:rsidRDefault="00324F1C" w:rsidP="00324F1C">
-[...23 lines deleted...]
-          <w:p w:rsidR="00324F1C" w:rsidRPr="00707391" w:rsidRDefault="00324F1C" w:rsidP="00324F1C">
+          <w:p w:rsidR="00E567F3" w:rsidRPr="007873AF" w:rsidRDefault="00E567F3" w:rsidP="00E567F3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007873AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Darbo grupė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1414" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="007873AF" w:rsidRDefault="00E567F3" w:rsidP="00E567F3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00707391">
-[...30 lines deleted...]
-              <w:t>Sunkumų turintiems mokiniams (po ligos, po prastai išlaikytų pasiekimų patikrinimų) skiriamos konsultacinės valandos. Aukštų pasiekimų mokiniams suteikta pagalba gilinti žinias.</w:t>
+            <w:r w:rsidRPr="007873AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Birželio, spalio mėn.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5893" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="007873AF" w:rsidRDefault="00E567F3" w:rsidP="00E567F3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007873AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Organizuojamos edukacinės išvykos mokytojams siekiant stiprinti bendradarbiavimo, bendruomeniškumo įgūdžius. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00324F1C" w:rsidRPr="00CD09A9" w:rsidTr="00FE57A0">
+      <w:tr w:rsidR="00E567F3" w:rsidRPr="008B6291" w:rsidTr="000876B1">
         <w:trPr>
           <w:trHeight w:val="699"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1870" w:type="dxa"/>
+            <w:tcW w:w="1949" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00324F1C" w:rsidRPr="00CD09A9" w:rsidRDefault="00324F1C" w:rsidP="00324F1C">
+          <w:p w:rsidR="00E567F3" w:rsidRPr="008B6291" w:rsidRDefault="00E567F3" w:rsidP="00E567F3">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00324F1C" w:rsidRPr="00CD09A9" w:rsidRDefault="00324F1C" w:rsidP="00324F1C">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="00204761" w:rsidRDefault="00E567F3" w:rsidP="00E567F3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...26 lines deleted...]
-              <w:t>Kolegialus grįžtamasis ryšys. Kolegų pamokų stebėjimas ir aptarimas, dalijimasis patirtimi formuluojant pamokos uždavinius, taikant mokymo(si) metodus ir būdus.</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00204761">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="00386D91" w:rsidRDefault="00E567F3" w:rsidP="00E567F3">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Atsipalaidavimo kambario įveiklinimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1703" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00324F1C" w:rsidRPr="00B95680" w:rsidRDefault="00324F1C" w:rsidP="00324F1C">
-[...23 lines deleted...]
-          <w:p w:rsidR="00324F1C" w:rsidRPr="00B95680" w:rsidRDefault="00324F1C" w:rsidP="00324F1C">
+          <w:p w:rsidR="00E567F3" w:rsidRPr="00386D91" w:rsidRDefault="00E567F3" w:rsidP="00E567F3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Švietimo pagalbos specialistai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1414" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="00386D91" w:rsidRDefault="00E567F3" w:rsidP="00E567F3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B95680">
-[...66 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...248 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Sausis- vasaris</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5893" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E567F3" w:rsidRPr="00386D91" w:rsidRDefault="00E567F3" w:rsidP="00E567F3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...691 lines deleted...]
-              <w:t>škinta, kaip sekėsi tobulinti pasirinktą rodiklį.</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Numatyti atsipalaidavimo kambario naudojimosi paskirtį, taisykles. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EE5BF5" w:rsidRDefault="00EE5BF5" w:rsidP="004A5185">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="008B6291" w:rsidRDefault="008C4E28" w:rsidP="00330CF1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00E80C2F" w:rsidRDefault="008C4E28" w:rsidP="008C4E28">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>BAIGIAMOSIOS NUOSTATOS</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="00F82E21" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
-[...16 lines deleted...]
-        <w:t>BAIGIAMOSIOS NUOSTATOS</w:t>
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00E80C2F" w:rsidRDefault="008C4E28" w:rsidP="00AA1375">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Programos įgyvendinimą koordinuos direktorės pavaduotojai ugdymui, ūkiui.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="00F82E21" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
-[...13 lines deleted...]
-        <w:t>Programos įgyvendinimą koordinuos direktorės pavaduotojai ugdymui, ūkiui.</w:t>
+    <w:p w:rsidR="008C4E28" w:rsidRPr="00E80C2F" w:rsidRDefault="008C4E28" w:rsidP="00AA1375">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Priežiūrą vykdys gimnazijos direktorė.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="00F82E21" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
-[...13 lines deleted...]
-        <w:t>Priežiūrą vykdys gimnazijos direktorė.</w:t>
+    <w:p w:rsidR="00F261C1" w:rsidRPr="00D14712" w:rsidRDefault="008C4E28" w:rsidP="00AA1375">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E80C2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Už programos vykdymą bus atsiskaitoma įstaigos savivaldos institucijoms, steigėjui ar </w:t>
+      </w:r>
+      <w:r w:rsidR="00D14712">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>steigėjo įgaliotai institucijai.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5BF5" w:rsidRPr="005F55D0" w:rsidRDefault="00EE5BF5" w:rsidP="00EE5BF5">
-[...19 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId10"/>
+    <w:sectPr w:rsidR="00F261C1" w:rsidRPr="00D14712" w:rsidSect="00A84E85">
+      <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000E203B" w:rsidRDefault="000E203B">
+    <w:p w:rsidR="009E3E5E" w:rsidRDefault="009E3E5E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000E203B" w:rsidRDefault="000E203B">
+    <w:p w:rsidR="009E3E5E" w:rsidRDefault="009E3E5E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -36029,98 +31791,98 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-940845069"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="007859F0" w:rsidRDefault="007859F0">
+      <w:p w:rsidR="00330CF1" w:rsidRDefault="00330CF1">
         <w:pPr>
           <w:pStyle w:val="Porat"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0043133B">
+        <w:r w:rsidR="00E2455A">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="007859F0" w:rsidRDefault="007859F0">
+  <w:p w:rsidR="00330CF1" w:rsidRDefault="00330CF1">
     <w:pPr>
       <w:pStyle w:val="Porat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000E203B" w:rsidRDefault="000E203B">
+    <w:p w:rsidR="009E3E5E" w:rsidRDefault="009E3E5E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000E203B" w:rsidRDefault="000E203B">
+    <w:p w:rsidR="009E3E5E" w:rsidRDefault="009E3E5E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="01695796"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="61209268"/>
     <w:lvl w:ilvl="0" w:tplc="04270015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -37488,50 +33250,139 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
+    <w:nsid w:val="385564E0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9B5EE8C0"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16">
     <w:nsid w:val="38B5282F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0EF091CE"/>
     <w:lvl w:ilvl="0" w:tplc="04270015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
@@ -37576,51 +33427,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16">
+  <w:abstractNum w:abstractNumId="17">
     <w:nsid w:val="3ECB3AE9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9970DEC6"/>
     <w:lvl w:ilvl="0" w:tplc="0427000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -37662,51 +33513,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17">
+  <w:abstractNum w:abstractNumId="18">
     <w:nsid w:val="41935AEB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9B5EE8C0"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -37751,51 +33602,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18">
+  <w:abstractNum w:abstractNumId="19">
     <w:nsid w:val="43AC5FEE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="174E4EA2"/>
     <w:lvl w:ilvl="0" w:tplc="486A8894">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
@@ -37840,51 +33691,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19">
+  <w:abstractNum w:abstractNumId="20">
+    <w:nsid w:val="47846089"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9B5EE8C0"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21">
     <w:nsid w:val="48617E0E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ABE2B156"/>
     <w:lvl w:ilvl="0" w:tplc="9E92C274">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -37930,51 +33870,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20">
+  <w:abstractNum w:abstractNumId="22">
     <w:nsid w:val="492850EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6FA484D0"/>
     <w:lvl w:ilvl="0" w:tplc="04270015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
@@ -38019,51 +33959,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21">
+  <w:abstractNum w:abstractNumId="23">
     <w:nsid w:val="4988374F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1D4066AC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -38168,51 +34108,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22">
+  <w:abstractNum w:abstractNumId="24">
     <w:nsid w:val="4D6B44F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="092ADD20"/>
     <w:lvl w:ilvl="0" w:tplc="04270015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
@@ -38257,51 +34197,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23">
+  <w:abstractNum w:abstractNumId="25">
     <w:nsid w:val="4E9902FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="26E478E2"/>
     <w:lvl w:ilvl="0" w:tplc="D9E857DC">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
@@ -38346,51 +34286,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24">
+  <w:abstractNum w:abstractNumId="26">
     <w:nsid w:val="4FE67338"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1832B06A"/>
     <w:lvl w:ilvl="0" w:tplc="A21814B8">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
@@ -38435,51 +34375,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25">
+  <w:abstractNum w:abstractNumId="27">
     <w:nsid w:val="50E7753C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9FA2844C"/>
     <w:lvl w:ilvl="0" w:tplc="CB807748">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1920" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -38525,51 +34465,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6960" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26">
+  <w:abstractNum w:abstractNumId="28">
     <w:nsid w:val="51462383"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="61FED5FC"/>
     <w:lvl w:ilvl="0" w:tplc="E1B0B26C">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
@@ -38614,51 +34554,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27">
+  <w:abstractNum w:abstractNumId="29">
     <w:nsid w:val="553A5CB6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="45EE2B12"/>
     <w:lvl w:ilvl="0" w:tplc="D724246A">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
@@ -38703,51 +34643,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28">
+  <w:abstractNum w:abstractNumId="30">
     <w:nsid w:val="55CB05D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2AECF40E"/>
     <w:lvl w:ilvl="0" w:tplc="0427000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -38789,51 +34729,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29">
+  <w:abstractNum w:abstractNumId="31">
     <w:nsid w:val="562643EF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0156A5E2"/>
     <w:lvl w:ilvl="0" w:tplc="240C6312">
       <w:start w:val="2023"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="840" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -38879,51 +34819,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30">
+  <w:abstractNum w:abstractNumId="32">
     <w:nsid w:val="5EAA6DEB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C9E03826"/>
     <w:lvl w:ilvl="0" w:tplc="7E46E642">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1920" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -38969,51 +34909,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6960" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31">
+  <w:abstractNum w:abstractNumId="33">
+    <w:nsid w:val="5F1D202B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9B5EE8C0"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34">
     <w:nsid w:val="5F5037BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F3861852"/>
     <w:lvl w:ilvl="0" w:tplc="04270015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
@@ -39058,51 +35087,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32">
+  <w:abstractNum w:abstractNumId="35">
     <w:nsid w:val="600D1084"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C3E0E668"/>
     <w:lvl w:ilvl="0" w:tplc="C0BEEAF8">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
@@ -39147,51 +35176,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33">
+  <w:abstractNum w:abstractNumId="36">
     <w:nsid w:val="63921465"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9B5EE8C0"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -39236,51 +35265,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34">
+  <w:abstractNum w:abstractNumId="37">
     <w:nsid w:val="65D156F3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="76CC0950"/>
     <w:lvl w:ilvl="0" w:tplc="0427000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
@@ -39325,51 +35354,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35">
+  <w:abstractNum w:abstractNumId="38">
     <w:nsid w:val="6BB834E3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="43DE1534"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -39438,51 +35467,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36">
+  <w:abstractNum w:abstractNumId="39">
     <w:nsid w:val="74C870CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="39C80EA4"/>
     <w:lvl w:ilvl="0" w:tplc="23C4A340">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
@@ -39527,420 +35556,508 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="40">
+    <w:nsid w:val="7E9202F5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9B5EE8C0"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="11">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="17">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="18">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="19">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="20">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="21">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="23">
-    <w:abstractNumId w:val="36"/>
+    <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="25">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="26">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="27">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="28">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="29">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="30">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="31">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="32">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="33">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="34">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="35">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="36">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="37">
-    <w:abstractNumId w:val="35"/>
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="38">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="39">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="40">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="41">
+    <w:abstractNumId w:val="40"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00EE5BF5"/>
-[...207 lines deleted...]
-    <w:rsid w:val="00FF79DD"/>
+    <w:rsidRoot w:val="008C4E28"/>
+    <w:rsid w:val="00007687"/>
+    <w:rsid w:val="00023BDE"/>
+    <w:rsid w:val="00037C8D"/>
+    <w:rsid w:val="00052655"/>
+    <w:rsid w:val="00077CD3"/>
+    <w:rsid w:val="000876B1"/>
+    <w:rsid w:val="0009079D"/>
+    <w:rsid w:val="000977C0"/>
+    <w:rsid w:val="00097C88"/>
+    <w:rsid w:val="000C3D05"/>
+    <w:rsid w:val="000D70A3"/>
+    <w:rsid w:val="000E5A58"/>
+    <w:rsid w:val="000F1C65"/>
+    <w:rsid w:val="000F520B"/>
+    <w:rsid w:val="00140C2E"/>
+    <w:rsid w:val="0015714C"/>
+    <w:rsid w:val="0016126D"/>
+    <w:rsid w:val="00167E22"/>
+    <w:rsid w:val="00186394"/>
+    <w:rsid w:val="001A60FC"/>
+    <w:rsid w:val="001B00DF"/>
+    <w:rsid w:val="001B2C90"/>
+    <w:rsid w:val="001C3806"/>
+    <w:rsid w:val="00204761"/>
+    <w:rsid w:val="002103EC"/>
+    <w:rsid w:val="00237317"/>
+    <w:rsid w:val="002414F7"/>
+    <w:rsid w:val="0026636B"/>
+    <w:rsid w:val="00267C80"/>
+    <w:rsid w:val="002705BF"/>
+    <w:rsid w:val="00270B90"/>
+    <w:rsid w:val="00282192"/>
+    <w:rsid w:val="002846D2"/>
+    <w:rsid w:val="002A3DCD"/>
+    <w:rsid w:val="002C1CAA"/>
+    <w:rsid w:val="002D047C"/>
+    <w:rsid w:val="00303C89"/>
+    <w:rsid w:val="00310BFB"/>
+    <w:rsid w:val="0032790E"/>
+    <w:rsid w:val="00330CF1"/>
+    <w:rsid w:val="00333C98"/>
+    <w:rsid w:val="00345E87"/>
+    <w:rsid w:val="00357087"/>
+    <w:rsid w:val="00386D91"/>
+    <w:rsid w:val="0038705E"/>
+    <w:rsid w:val="003B399B"/>
+    <w:rsid w:val="003B3C3A"/>
+    <w:rsid w:val="003E53E5"/>
+    <w:rsid w:val="003E626F"/>
+    <w:rsid w:val="00444B34"/>
+    <w:rsid w:val="00461627"/>
+    <w:rsid w:val="004664C7"/>
+    <w:rsid w:val="004D4360"/>
+    <w:rsid w:val="004F0803"/>
+    <w:rsid w:val="005004F0"/>
+    <w:rsid w:val="00501918"/>
+    <w:rsid w:val="005218C4"/>
+    <w:rsid w:val="00526635"/>
+    <w:rsid w:val="00560CC9"/>
+    <w:rsid w:val="00581CF2"/>
+    <w:rsid w:val="005A5DFE"/>
+    <w:rsid w:val="005B49C5"/>
+    <w:rsid w:val="005B7819"/>
+    <w:rsid w:val="005C459D"/>
+    <w:rsid w:val="005D4C90"/>
+    <w:rsid w:val="005E7A6F"/>
+    <w:rsid w:val="005E7D1F"/>
+    <w:rsid w:val="006665E5"/>
+    <w:rsid w:val="00667CA7"/>
+    <w:rsid w:val="006A51B4"/>
+    <w:rsid w:val="006B4622"/>
+    <w:rsid w:val="006C4536"/>
+    <w:rsid w:val="006C5511"/>
+    <w:rsid w:val="006D5F52"/>
+    <w:rsid w:val="006E2A47"/>
+    <w:rsid w:val="007255F2"/>
+    <w:rsid w:val="00763C30"/>
+    <w:rsid w:val="0076660F"/>
+    <w:rsid w:val="00766F70"/>
+    <w:rsid w:val="0078593B"/>
+    <w:rsid w:val="007873AF"/>
+    <w:rsid w:val="007972B6"/>
+    <w:rsid w:val="007C78BC"/>
+    <w:rsid w:val="007D2E88"/>
+    <w:rsid w:val="007F5565"/>
+    <w:rsid w:val="008445B6"/>
+    <w:rsid w:val="00853836"/>
+    <w:rsid w:val="0085704B"/>
+    <w:rsid w:val="0086094A"/>
+    <w:rsid w:val="008731CC"/>
+    <w:rsid w:val="008740B4"/>
+    <w:rsid w:val="00886DEC"/>
+    <w:rsid w:val="00895742"/>
+    <w:rsid w:val="008B4731"/>
+    <w:rsid w:val="008B6291"/>
+    <w:rsid w:val="008C4E28"/>
+    <w:rsid w:val="008D1D11"/>
+    <w:rsid w:val="00912A3E"/>
+    <w:rsid w:val="0094420A"/>
+    <w:rsid w:val="009807AC"/>
+    <w:rsid w:val="0099069A"/>
+    <w:rsid w:val="00994877"/>
+    <w:rsid w:val="009B2EC3"/>
+    <w:rsid w:val="009B7E3A"/>
+    <w:rsid w:val="009C1441"/>
+    <w:rsid w:val="009C2D7E"/>
+    <w:rsid w:val="009D066C"/>
+    <w:rsid w:val="009D41F4"/>
+    <w:rsid w:val="009E3E5E"/>
+    <w:rsid w:val="009E435A"/>
+    <w:rsid w:val="009F1D6B"/>
+    <w:rsid w:val="00A25C91"/>
+    <w:rsid w:val="00A328C9"/>
+    <w:rsid w:val="00A53F82"/>
+    <w:rsid w:val="00A667C5"/>
+    <w:rsid w:val="00A75804"/>
+    <w:rsid w:val="00A84E85"/>
+    <w:rsid w:val="00A97BA8"/>
+    <w:rsid w:val="00AA1375"/>
+    <w:rsid w:val="00AB48E3"/>
+    <w:rsid w:val="00AB6309"/>
+    <w:rsid w:val="00AC5827"/>
+    <w:rsid w:val="00AD0CC6"/>
+    <w:rsid w:val="00AD6740"/>
+    <w:rsid w:val="00AF7BDD"/>
+    <w:rsid w:val="00B044E5"/>
+    <w:rsid w:val="00B21C4F"/>
+    <w:rsid w:val="00B2576B"/>
+    <w:rsid w:val="00B27F72"/>
+    <w:rsid w:val="00B30272"/>
+    <w:rsid w:val="00B34189"/>
+    <w:rsid w:val="00B34EA7"/>
+    <w:rsid w:val="00B431BE"/>
+    <w:rsid w:val="00B5648E"/>
+    <w:rsid w:val="00B62DC3"/>
+    <w:rsid w:val="00B70927"/>
+    <w:rsid w:val="00B77307"/>
+    <w:rsid w:val="00B92ED1"/>
+    <w:rsid w:val="00BA0DDF"/>
+    <w:rsid w:val="00BA0EF9"/>
+    <w:rsid w:val="00BB22B0"/>
+    <w:rsid w:val="00BC1123"/>
+    <w:rsid w:val="00BC12C9"/>
+    <w:rsid w:val="00BC4A2D"/>
+    <w:rsid w:val="00BE3063"/>
+    <w:rsid w:val="00C139FE"/>
+    <w:rsid w:val="00C332C1"/>
+    <w:rsid w:val="00C6320B"/>
+    <w:rsid w:val="00C828A4"/>
+    <w:rsid w:val="00C92ED1"/>
+    <w:rsid w:val="00CC0913"/>
+    <w:rsid w:val="00CC302E"/>
+    <w:rsid w:val="00CC305A"/>
+    <w:rsid w:val="00CC4E6C"/>
+    <w:rsid w:val="00CC79BA"/>
+    <w:rsid w:val="00CE035B"/>
+    <w:rsid w:val="00CE32E3"/>
+    <w:rsid w:val="00CE60FB"/>
+    <w:rsid w:val="00CF2033"/>
+    <w:rsid w:val="00D007DC"/>
+    <w:rsid w:val="00D1434B"/>
+    <w:rsid w:val="00D14712"/>
+    <w:rsid w:val="00D265F7"/>
+    <w:rsid w:val="00D4069C"/>
+    <w:rsid w:val="00D61AC0"/>
+    <w:rsid w:val="00D631F9"/>
+    <w:rsid w:val="00D74106"/>
+    <w:rsid w:val="00DA5557"/>
+    <w:rsid w:val="00DB42E7"/>
+    <w:rsid w:val="00DC3D5A"/>
+    <w:rsid w:val="00DC4A3B"/>
+    <w:rsid w:val="00E1563C"/>
+    <w:rsid w:val="00E2455A"/>
+    <w:rsid w:val="00E27A8C"/>
+    <w:rsid w:val="00E41451"/>
+    <w:rsid w:val="00E567F3"/>
+    <w:rsid w:val="00E80C2F"/>
+    <w:rsid w:val="00E938AB"/>
+    <w:rsid w:val="00EC111A"/>
+    <w:rsid w:val="00ED0AAA"/>
+    <w:rsid w:val="00ED69FA"/>
+    <w:rsid w:val="00ED70FE"/>
+    <w:rsid w:val="00ED73BE"/>
+    <w:rsid w:val="00EF3185"/>
+    <w:rsid w:val="00F00FEB"/>
+    <w:rsid w:val="00F1151D"/>
+    <w:rsid w:val="00F253EC"/>
+    <w:rsid w:val="00F261C1"/>
+    <w:rsid w:val="00F501B7"/>
+    <w:rsid w:val="00F57949"/>
+    <w:rsid w:val="00F94112"/>
+    <w:rsid w:val="00FA746F"/>
+    <w:rsid w:val="00FB35EB"/>
+    <w:rsid w:val="00FC4AD0"/>
+    <w:rsid w:val="00FC684F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{01A2A33D-3AB4-4720-B7B6-6EA3B8E8C8A8}"/>
+  <w15:docId w15:val="{FD95A03D-3450-414C-81FC-4ABD3427CF9C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -40293,282 +36410,309 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE5BF5"/>
+    <w:rsid w:val="008C4E28"/>
     <w:rPr>
       <w:lang w:val="lt-LT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sraopastraipa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="prastasis"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE5BF5"/>
+    <w:rsid w:val="008C4E28"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Lentelstinklelis">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="prastojilentel"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00EE5BF5"/>
+    <w:rsid w:val="008C4E28"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="lt-LT"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
-    <w:rsid w:val="00EE5BF5"/>
+    <w:rsid w:val="008C4E28"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="lt-LT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Grietas">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE5BF5"/>
+    <w:rsid w:val="008C4E28"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Debesliotekstas">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="prastasis"/>
     <w:link w:val="DebesliotekstasDiagrama"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EE5BF5"/>
+    <w:rsid w:val="008C4E28"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DebesliotekstasDiagrama">
     <w:name w:val="Debesėlio tekstas Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Debesliotekstas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00EE5BF5"/>
+    <w:rsid w:val="008C4E28"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="lt-LT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipersaitas">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EE5BF5"/>
+    <w:rsid w:val="008C4E28"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="prastasiniatinklio">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="prastasis"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EE5BF5"/>
+    <w:rsid w:val="008C4E28"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrats">
     <w:name w:val="header"/>
     <w:basedOn w:val="prastasis"/>
     <w:link w:val="AntratsDiagrama"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EE5BF5"/>
+    <w:rsid w:val="008C4E28"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AntratsDiagrama">
     <w:name w:val="Antraštės Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Antrats"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00EE5BF5"/>
+    <w:rsid w:val="008C4E28"/>
     <w:rPr>
       <w:lang w:val="lt-LT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Porat">
     <w:name w:val="footer"/>
     <w:basedOn w:val="prastasis"/>
     <w:link w:val="PoratDiagrama"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EE5BF5"/>
+    <w:rsid w:val="008C4E28"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PoratDiagrama">
     <w:name w:val="Poraštė Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Porat"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00EE5BF5"/>
+    <w:rsid w:val="008C4E28"/>
     <w:rPr>
       <w:lang w:val="lt-LT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="st">
     <w:name w:val="st"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
-    <w:rsid w:val="00EE5BF5"/>
+    <w:rsid w:val="008C4E28"/>
   </w:style>
   <w:style w:type="character" w:styleId="Emfaz">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE5BF5"/>
+    <w:rsid w:val="008C4E28"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:divs>
+    <w:div w:id="992417304">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1552183536">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -40788,75 +36932,90 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3D6D8B76-178F-428E-A421-990B64F58AD9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>22</Pages>
-[...1 lines deleted...]
-  <Characters>37567</Characters>
+  <Pages>20</Pages>
+  <Words>6605</Words>
+  <Characters>37654</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>313</Lines>
   <Paragraphs>88</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>44069</CharactersWithSpaces>
+  <CharactersWithSpaces>44171</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Dalia Sakalauskiene</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>