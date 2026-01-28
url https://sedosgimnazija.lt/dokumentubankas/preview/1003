--- v0 (2025-10-08)
+++ v1 (2026-01-28)
@@ -1,6199 +1,6773 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="009379C4" w:rsidRPr="00553D24" w:rsidRDefault="009379C4" w:rsidP="009379C4">
+    <w:p w:rsidR="0067347F" w:rsidRPr="00553D24" w:rsidRDefault="0067347F" w:rsidP="0067347F">
       <w:pPr>
         <w:ind w:left="8640" w:firstLine="720"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00553D24">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>PATVIRTINTA</w:t>
+        <w:t>Sedos Vytauto Mačernio gimnazijos</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009379C4" w:rsidRPr="00553D24" w:rsidRDefault="009379C4" w:rsidP="009379C4">
+    <w:p w:rsidR="0067347F" w:rsidRDefault="0067347F" w:rsidP="0067347F">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00553D24">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
+        <w:t xml:space="preserve">                                                                                                                                                </w:t>
       </w:r>
       <w:r w:rsidRPr="00553D24">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00553D24">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
+        <w:t xml:space="preserve">             gimnazijos direktoriaus</w:t>
       </w:r>
       <w:r w:rsidRPr="00553D24">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00553D24">
+        <w:t xml:space="preserve"> įsakymu </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
+        <w:t>2026</w:t>
       </w:r>
       <w:r w:rsidRPr="00553D24">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00553D24">
+        <w:t>-01-</w:t>
+      </w:r>
+      <w:r w:rsidR="005564DB">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00553D24">
+        <w:t>02</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0067347F" w:rsidRPr="00553D24" w:rsidRDefault="0067347F" w:rsidP="0067347F">
+      <w:pPr>
+        <w:ind w:left="8640" w:firstLine="720"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
-      </w:r>
+      </w:pPr>
       <w:r w:rsidRPr="00553D24">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00553D24">
+        <w:t>Nr. V1-</w:t>
+      </w:r>
+      <w:r w:rsidR="005564DB">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
-[...164 lines deleted...]
-        <w:t xml:space="preserve">SEDOS VYTAUTO MAČERNIO GIMNAZIJOS </w:t>
+        <w:t>7</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="009379C4" w:rsidRPr="00137EEC" w:rsidRDefault="009379C4" w:rsidP="009379C4">
+    <w:p w:rsidR="0067347F" w:rsidRPr="004C4B8F" w:rsidRDefault="0067347F" w:rsidP="0067347F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C4B8F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C4B8F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0067347F" w:rsidRPr="00137EEC" w:rsidRDefault="0067347F" w:rsidP="0067347F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="00137EEC">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00137EEC">
+        <w:t xml:space="preserve">SEDOS VYTAUTO MAČERNIO GIMNAZIJOS </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0067347F" w:rsidRPr="00137EEC" w:rsidRDefault="0067347F" w:rsidP="0067347F">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>METODINĖS TARYBOS</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="009379C4" w:rsidRPr="00137EEC" w:rsidRDefault="009379C4" w:rsidP="009379C4">
+    <w:p w:rsidR="0067347F" w:rsidRDefault="0067347F" w:rsidP="0067347F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="00137EEC">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00137EEC">
+        <w:t>METODINĖS TARYBOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0067347F" w:rsidRPr="00137EEC" w:rsidRDefault="0067347F" w:rsidP="0067347F">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>VEIKLOS   PLANAS</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="009379C4" w:rsidRPr="00137EEC" w:rsidRDefault="009379C4" w:rsidP="009379C4">
+    <w:p w:rsidR="0067347F" w:rsidRPr="00137EEC" w:rsidRDefault="0067347F" w:rsidP="0067347F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00137EEC">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>202</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>VEIKLOS   PLANAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0067347F" w:rsidRPr="00137EEC" w:rsidRDefault="0067347F" w:rsidP="0067347F">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>5</w:t>
-      </w:r>
+      </w:pPr>
       <w:r w:rsidRPr="00137EEC">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137EEC">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t xml:space="preserve"> m.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009379C4" w:rsidRPr="004C4B8F" w:rsidRDefault="009379C4" w:rsidP="009379C4">
+    <w:p w:rsidR="0067347F" w:rsidRPr="004C4B8F" w:rsidRDefault="0067347F" w:rsidP="0067347F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009379C4" w:rsidRPr="006E79B4" w:rsidRDefault="009379C4" w:rsidP="009379C4">
+    <w:p w:rsidR="0067347F" w:rsidRPr="006E79B4" w:rsidRDefault="0067347F" w:rsidP="0067347F">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>TIKSLAS</w:t>
       </w:r>
       <w:r w:rsidRPr="006E79B4">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00902877">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006E79B4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006E79B4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009379C4" w:rsidRDefault="009379C4" w:rsidP="009379C4">
+    <w:p w:rsidR="0067347F" w:rsidRDefault="0067347F" w:rsidP="0067347F">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FD44F3">
         <w:t>Koordinuoti metodinių</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> grupių veiklą, siekiant gerinti pamokos kokybę</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD44F3">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">mokinių </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">individualią pažangą bei kurti saugią aplinką, </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>stiprinti prevencinę veiklą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009379C4" w:rsidRDefault="009379C4" w:rsidP="009379C4">
+    <w:p w:rsidR="0067347F" w:rsidRDefault="0067347F" w:rsidP="0067347F">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>UŽDAVINIAI</w:t>
       </w:r>
       <w:r w:rsidRPr="002C4589">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009379C4" w:rsidRDefault="009379C4" w:rsidP="009379C4">
+    <w:p w:rsidR="0067347F" w:rsidRDefault="0067347F" w:rsidP="0067347F">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="004B5536">
         <w:t>Skleisti metodines ir dalykines naujoves.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009379C4" w:rsidRDefault="009379C4" w:rsidP="009379C4">
+    <w:p w:rsidR="0067347F" w:rsidRDefault="0067347F" w:rsidP="0067347F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Užtikrinti patirtinį mokytojų mokymąsi,</w:t>
       </w:r>
       <w:r w:rsidRPr="004B5536">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A9753F">
         <w:rPr>
           <w:color w:val="454442"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B5536">
         <w:t>ieškant mokomųjų dalykų integravimo</w:t>
       </w:r>
       <w:r>
         <w:t>, mokinių kūrybiškumo, lyderystės ugdymo</w:t>
       </w:r>
       <w:r w:rsidRPr="004B5536">
         <w:t xml:space="preserve"> galimybių.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009379C4" w:rsidRPr="006E79B4" w:rsidRDefault="009379C4" w:rsidP="009379C4">
+    <w:p w:rsidR="0067347F" w:rsidRPr="006E79B4" w:rsidRDefault="0067347F" w:rsidP="0067347F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="004B5536">
         <w:t>Inicijuoti tikslingą, gimnazijos veiklos tikslus</w:t>
       </w:r>
       <w:r>
         <w:t>, uždavinius</w:t>
       </w:r>
       <w:r w:rsidRPr="004B5536">
         <w:t xml:space="preserve"> ir</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> gimnazijos bendruomenės</w:t>
       </w:r>
       <w:r w:rsidRPr="004B5536">
         <w:t xml:space="preserve"> poreikius atitinkantį mokytojų kvalifikacijos tobulinimą. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009379C4" w:rsidRPr="00CA58A8" w:rsidRDefault="009379C4" w:rsidP="009379C4">
+    <w:p w:rsidR="0067347F" w:rsidRPr="00CA58A8" w:rsidRDefault="00547480" w:rsidP="0067347F">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>2024 METŲ VEIKLOS ANALIZĖ:</w:t>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidR="0067347F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> METŲ VEIKLOS ANALIZĖ:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009379C4" w:rsidRDefault="009379C4" w:rsidP="00697DD0">
+    <w:p w:rsidR="00D64C48" w:rsidRDefault="0067347F" w:rsidP="00D64C48">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA58A8">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00034E26" w:rsidRPr="006C4536">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Praėjusiais metais gimnazijoje dirbo 7 metodinės grupės, joms vadovavo mokytojos metodininkės: T. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00034E26" w:rsidRPr="006C4536">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Saračinskienė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00034E26" w:rsidRPr="006C4536">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, L. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00034E26" w:rsidRPr="006C4536">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Milieškienė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00034E26" w:rsidRPr="006C4536">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, V. Urbonienė, vyresn. mokytojos I. Lileikienė, mokytoja V. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00034E26" w:rsidRPr="006C4536">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Raišutienė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00034E26" w:rsidRPr="006C4536">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, I. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00034E26" w:rsidRPr="006C4536">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Zozienė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00034E26" w:rsidRPr="006C4536">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir spec. pedagogė V. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00034E26" w:rsidRPr="006C4536">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Bružienė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00034E26">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D64C48" w:rsidRPr="006C4536">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Metodinėse grupėse  buvo siekiama užtikrinti metodinį ir dalykinį mokytojų</w:t>
+      </w:r>
+      <w:r w:rsidR="00D64C48" w:rsidRPr="002705BF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bendradarbiavimą, siekiant priimti bendrus sprendimus, spręsti mokymo(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D64C48" w:rsidRPr="002705BF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>si</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D64C48" w:rsidRPr="002705BF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>) problemas, dalintis patirtimi (užduočių diferencijavimo galimybės pamokose, formuojamojo bei kaupiamojo vertinimo būdai ir mokymąsi aktyvinantys metodai), didelis dėmesys ir laiko sąnaudos buvo skirtos atnaujinto ugdymo turinio įgyvendinimui, atnaujinamos tvarkos, planai, dalyvauta dalykiniuose mokymuose, seminaruose, NŠA konsultaci</w:t>
+      </w:r>
+      <w:r w:rsidR="00D64C48">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>jose. M</w:t>
+      </w:r>
+      <w:r w:rsidR="00D64C48" w:rsidRPr="002705BF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>okytojai</w:t>
+      </w:r>
+      <w:r w:rsidR="00D64C48">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir pagalbos specialistės</w:t>
+      </w:r>
+      <w:r w:rsidR="00D64C48" w:rsidRPr="002705BF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dalijosi savo patirtimi su kolegomis iš kitų mokyklų- balandžio mėn. surengta metodinė diena „TŪM </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D64C48" w:rsidRPr="002705BF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>tinklaveika</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D64C48" w:rsidRPr="002705BF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“ (metodinė taryba), kurios metu dalytasi patirtimi įgyta dalyvaujant, organizuojant TŪM plano veiklas,  spalio mėn. - metodinė diena rajono </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D64C48" w:rsidRPr="002705BF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>soc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D64C48" w:rsidRPr="002705BF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. pedagogams „Ugdymosi sunkumai ir probleminis mokinio </w:t>
+      </w:r>
+      <w:r w:rsidR="00D64C48">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>elgesys. Suprasti yra dalis</w:t>
+      </w:r>
+      <w:r w:rsidR="00D64C48" w:rsidRPr="002705BF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pagalbos“</w:t>
+      </w:r>
+      <w:r w:rsidR="00D64C48">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (patirtimi dalijosi spec. pedagogė </w:t>
+      </w:r>
+      <w:r w:rsidR="00D64C48" w:rsidRPr="002705BF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">V. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D64C48" w:rsidRPr="002705BF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Bružienė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D64C48" w:rsidRPr="002705BF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir psichologė E. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D64C48" w:rsidRPr="002705BF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Šmitienė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D64C48">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), lapkričio mėn.- </w:t>
+      </w:r>
+      <w:r w:rsidR="00D64C48">
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00D64C48" w:rsidRPr="00244B0A">
+        <w:t xml:space="preserve">etodinė diena „Edukaciniai  pabėgimo kambariai – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D64C48" w:rsidRPr="00244B0A">
+        <w:t>inovatyvus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D64C48">
+        <w:t xml:space="preserve"> mokymosi metodas“, kurią organizavo ir vedė matematikos mokytoja I. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D64C48">
+        <w:t>Zozienė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D64C48">
+        <w:t>, r</w:t>
+      </w:r>
+      <w:r w:rsidR="00D64C48">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">espublikinė </w:t>
+      </w:r>
+      <w:r w:rsidR="00D64C48" w:rsidRPr="002F7FD0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>kraštotyrinė</w:t>
+      </w:r>
+      <w:r w:rsidR="00D64C48">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pradinių klasių mokinių konferencija</w:t>
+      </w:r>
+      <w:r w:rsidR="00D64C48" w:rsidRPr="002F7FD0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,,Mano gimtinės istorijos”</w:t>
+      </w:r>
+      <w:r w:rsidR="00D64C48">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kurios metu pradinių klasių mokiniai skaitė pranešimus, mokytojos dalijosi savo gerąja patirtimi (I. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D64C48">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Pačerinskienė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D64C48">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, I. Noreikienė). </w:t>
+      </w:r>
+      <w:r w:rsidR="00D64C48" w:rsidRPr="00244B0A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D64C48" w:rsidRPr="002705BF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0067347F" w:rsidRPr="009D235B" w:rsidRDefault="0067347F" w:rsidP="0067347F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...86 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00547480">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00837978">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00D64C48">
+        <w:rPr>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Metodinėse grupėse  buvo siekiama užtikrinti metodinį ir dalykinį mokytojų bendradarbiavimą, siekiant priimti bendrus sprendimus, spręsti mokymo(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00837978">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00D64C48">
+        <w:rPr>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t>si</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00837978">
-[...74 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00D64C48">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) problemas, dalintis patirtimi ( kompetencijų ugdymo, dalykų integravimo, užduočių diferencijavimo galimybėmis pamokose/ veiklose, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64C48">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>formuojamojo bei kaupiamojo vertinimo būdais ir mokymo(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D64C48">
+        <w:rPr>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t>si</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00F7205D">
-[...65 lines deleted...]
-      <w:r w:rsidR="00697DD0" w:rsidRPr="002332A9">
+      <w:r w:rsidRPr="00D64C48">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) metodais, priemonėmis), didelis dėmesys ir laiko sąnaudos buvo skirtos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D235B">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>atnaujinto ugdymo turinio įgyvendinimui, atnaujinamos tvarkos, planai, dalyvauta dalykiniuose mokymuose, seminaruose, NŠA konsultacijose. Vykdant TŪM planą dalyvauta ilgalaikėje kvalifikacijos tobulinimo programoje „</w:t>
+      </w:r>
+      <w:r w:rsidR="009D235B" w:rsidRPr="009D235B">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>„Savitarpio pagalbos kultūra mokykloje ir klasėje“ (40 ak. val.)</w:t>
+      </w:r>
+      <w:r w:rsidR="009D235B" w:rsidRPr="009D235B">
         <w:rPr>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>STEAM kūrybinė erdvė: pritaiky</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00697DD0">
+        <w:t xml:space="preserve"> (20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D235B">
         <w:rPr>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>k žinias praktiškai!“ (</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00697DD0" w:rsidRPr="002332A9">
+        <w:t xml:space="preserve"> mokytojų</w:t>
+      </w:r>
+      <w:r w:rsidR="009D235B" w:rsidRPr="009D235B">
         <w:rPr>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:color w:val="auto"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">11 mokytojų), išvykstamuosiuose mokymuose apie lyderystę, bendruomeniškumą ir bendradarbiavimą (dalyvavo 36 mokytojai ir pagalbos specialistai), </w:t>
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00837978">
+        <w:t xml:space="preserve"> ir pagalbos specialistų</w:t>
+      </w:r>
+      <w:r w:rsidR="009D235B">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gilino žinias ir įgūdžius įtraukiojo ugdymo srityje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D235B">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="009D235B" w:rsidRPr="009D235B">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Nuolat papildomas nauja metodine medžiaga iš įvairių mokymų </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D235B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00837978">
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>„Micr</w:t>
+      </w:r>
+      <w:r w:rsidR="009D235B" w:rsidRPr="009D235B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00837978">
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">osoft </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009D235B" w:rsidRPr="009D235B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00837978">
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Teams</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009D235B" w:rsidRPr="009D235B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00837978">
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>“ priemonių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D235B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00652AD5">
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> katalogas, kuriu</w:t>
+      </w:r>
+      <w:r w:rsidR="009D235B" w:rsidRPr="009D235B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00652AD5">
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>os gali naudotis visi mokytojai ir pagalbos specialistai.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D235B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">“ sukurtas TŪM mokymų medžiagos katalogas, kuriuos gali naudotis visi mokytojai. </w:t>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7205D" w:rsidRDefault="00F7205D" w:rsidP="00697DD0">
+    <w:p w:rsidR="0067347F" w:rsidRPr="00547480" w:rsidRDefault="00A91A81" w:rsidP="0067347F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...14 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tnaujinto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000E2F2F">
-[...9 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ugdymo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000E2F2F">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>turinio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>įgyvendinimas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kėlė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nemažai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>iššūkių</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Viena</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>didžiausių</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>problemų</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>vadovėlių</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mok</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ymo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>priemonių</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>trūkumas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>išleisti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ne </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>visų</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dalykų</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nauji</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>vadovėliai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nepakanka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lėšų</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>jiems</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>įsigyti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>gimnazija</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>vadovėlių</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>įsigijo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>už</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ES </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>projekto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>bei</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mokinio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>krepšelio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lėšas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A91A81">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidR="009B2846">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009B2846" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Išliko</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B2846" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009B2846" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>prioritetai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B2846" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>įsigyjant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>vadovėlius</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pirmenybė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>buvo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>teikiama</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dalykams</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>iš</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kurių</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mokiniai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>laiko</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>patikrinimus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>egzaminus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>bei</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nusręsta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pirkti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>po</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>vieną</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>vadovėlį</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dviems</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mokiniams</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="009B2846">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00547480">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Siekiant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kiekvieno</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mokinio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>asmeninės</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ūgties</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ieškota</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>daugiau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>galimybių</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>diferencijuoti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DD2806" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>individualizuoti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DD2806" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DD2806" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ugdymo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000E2F2F">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidR="00DD2806" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000E2F2F">
-[...9 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidR="00DD2806" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>turinį</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DD2806" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2</w:t>
+      </w:r>
+      <w:r w:rsidR="0067347F" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-II</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2806" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000E2F2F">
-[...9 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidR="00DD2806" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>klasių</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DD2806" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000E2F2F">
-[...9 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidR="00DD2806" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mokiniai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DD2806" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000E2F2F">
-[...9 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidR="00DD2806" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DD2806" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DD2806" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>įvairių</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DD2806" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000E2F2F">
-[...11 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00DD2806" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dalykų</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DD2806" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DD2806" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mokytojų</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aprūpinti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> „</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Ed</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2806" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>uka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DD2806" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> klasės“ licencijomis (1 klasės mokinimas ir mokytojai licencijas padovanojo Mažeikių r. savivaldybė),</w:t>
+      </w:r>
+      <w:r w:rsidR="0067347F" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> užsienio kalbų mokytojos naudojasi „</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Teachermade</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>“, „</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Wordwall</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Quizlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“ programomis, 8-IV kl. anglų k., I –II kl. matematikos mokymui  sudarytos laikinos grupės pagal mokinių gebėjimus. Didelis dėmesys skirtas dalykų integravimui- pradinių klasių mokytojos kas mėnesį organizavo integralaus ugdymo dienas, dalykų mokytojai organizavo integruotas pamokas/ veiklas kiekvienoje klasėje, vestos gamtos mokslų </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>patyriminės</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dienos, I-II klasių mokiniai rengė metinius projektus, geriausius pristatė konferencijoje „Mokausi tyrinėdamas“. </w:t>
+      </w:r>
+      <w:r w:rsidR="0067347F" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Mokymasis už gimnazijos ribų neabejotinai praturtina mokinių žinias ir skatina juos mokytis atrandant, tad u</w:t>
+      </w:r>
+      <w:r w:rsidR="0067347F" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gdymo procesas  buvo organizuojamas ne tik gimnazijoje, bet ir kitose aplinkose, sudarant sąlygas mokiniams giliau suprasti supantį pasaulį, autentiškomis sąlygomis išbandyti realius sprendimus, kiekvienas mokytojas su kiekviena klase organizavo mokymąsi kitose aplinkose kartą per </w:t>
+      </w:r>
+      <w:r w:rsidR="00E42557">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>pusmetį (Mažeikių, Sedos</w:t>
+      </w:r>
+      <w:r w:rsidR="0067347F" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bibliotekose, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Pli</w:t>
+      </w:r>
+      <w:r w:rsidR="00E42557">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>nkšių</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E42557">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sene</w:t>
+      </w:r>
+      <w:r w:rsidR="0067347F" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>lių globos namuose, Žemaičių kaimo muziejuje, V. Intos akmenų muziejuje, Varnių regioninio parko gamtos mokykloje, Panų kalne</w:t>
+      </w:r>
+      <w:r w:rsidR="003B7BF1">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B7BF1">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Bukantės</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003B7BF1">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dvare, </w:t>
+      </w:r>
+      <w:r w:rsidR="0067347F" w:rsidRPr="0095652C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Šarnelėje, Telšių STEAM centre ir kt.). </w:t>
+      </w:r>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00CC7AF4">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Taip pat dalyvauta rajono olimpiadose (la</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC7AF4" w:rsidRPr="00CC7AF4">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>imėtos prizinės</w:t>
+      </w:r>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00CC7AF4">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> biologijos,</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC7AF4" w:rsidRPr="00CC7AF4">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fizikos,</w:t>
+      </w:r>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00CC7AF4">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dailės olimpiadose</w:t>
+      </w:r>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A619F2">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>), rajono, regiono, tarptauti</w:t>
+      </w:r>
+      <w:r w:rsidR="00A619F2" w:rsidRPr="00A619F2">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>niuose konkursuose (</w:t>
+      </w:r>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A619F2">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> laimėta daug prizinių vietų įvairiuose da</w:t>
+      </w:r>
+      <w:r w:rsidR="00A619F2" w:rsidRPr="00A619F2">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>ilės konkursuose</w:t>
+      </w:r>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A619F2">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>, žemaitiškų skaitymų konkursuose) varžybose (laimėtos prizinės vietos svarsčių kilnojimo, krepšinio</w:t>
+      </w:r>
+      <w:r w:rsidR="00A619F2" w:rsidRPr="00A619F2">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00A619F2">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stalo teniso varžybose). </w:t>
+      </w:r>
+      <w:r w:rsidR="00A619F2" w:rsidRPr="00A619F2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Suorganizuotas nacionalinis atrankos turas „Makaronų tiltai 2026“, kuriame nugalėjo gimnazijos komanda ir pateko ir respublikinį turą. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A4E7D" w:rsidRPr="00D631F9" w:rsidRDefault="004A4E7D" w:rsidP="004A4E7D">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00077CD3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Metodinėse grupėse išanalizuoti metiniai mokinių pasiekimai, 4 ir 8 klasių mokinių nacionalinio pasiekimų patikrinimo, PUPP, brandos egzaminų rezultatai, mokytojų taryboje aptartos mokymo(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00077CD3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>si</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00077CD3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>) problemos, priimti susitarimai dėl tolesnio mokymo(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00077CD3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>si</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C78BC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>).  Atlikus analizę, stebima pažanga: padidėjo užsienio kalbos (anglų) BE vidutinis įvertinimas- 68,2 (buvo 56,1), istorijos- 59,8  (39,8), matematikos- 29,9 (36), lietuvių k. ir literatūros- 44,6 (30,4), biologijos- 56,9 (37,3), fizikos- 41,8 (40,3), informatikos- 62,7 (21</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E2A47">
+        <w:t>Lietuvių kalbos ir literatūros PUPP išlaikė 87,5% ( balo vidurkis 5,2), matematikos- 90,6 % ( balo vidurkis 5,4). 8 kl. lietuvių kalbos ir literatūros NMPP išlaikė 100</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E2A47">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>%</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E2A47">
+        <w:t>, matematikos -90</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E2A47">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>%</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E2A47">
+        <w:t xml:space="preserve"> proc. 4 kl. NMPP išlaikė 100</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E2A47">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>%</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E2A47">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...1561 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00DD34B7" w:rsidRDefault="00542986" w:rsidP="00DD34B7">
+    <w:p w:rsidR="0067347F" w:rsidRPr="00D87AFB" w:rsidRDefault="0067347F" w:rsidP="0067347F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...84 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00547480">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...16 lines deleted...]
-        <w:t>veiklų organizavimo laikinosiose grupėse ir kt.).</w:t>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D87AFB">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Didelis dėmesys skirtas SUP mokinių ugdymui(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D87AFB">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>si</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D87AFB">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), bendrų sprendimų, kaip dirbti efektyviai, kad SUP mokiniai pasiektų pažangą, ieškota bendradarbiaujant mokytojams ir švietimo pagalbos specialistams. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009379C4" w:rsidRPr="00652AD5" w:rsidRDefault="00483DB1" w:rsidP="00652AD5">
+    <w:p w:rsidR="0067347F" w:rsidRPr="00D87AFB" w:rsidRDefault="0067347F" w:rsidP="0067347F">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87AFB">
+        <w:t>Dauguma mokytojų dalyvavo įvairių darbo grupių veikloje („Tūkstantmečio mokyklos II“ plano rengimo, vidaus kokybės įsivertinimo, strateginio planavimo, OPKUS, įvairių renginių/veiklų organizavimo laikinosiose grupėse ir kt.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0067347F" w:rsidRPr="00D23936" w:rsidRDefault="007E6D32" w:rsidP="0067347F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...25 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D23936">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Dvi mokytojos</w:t>
+      </w:r>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00D23936">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vadovavo rajono mokytojų metodiniams būreliams: L. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00D23936">
+        <w:rPr>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Steponkevičienė</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B63602">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00D23936">
+        <w:rPr>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">- karjeros ugdymo, T. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B63602">
-[...8 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidR="0067347F" w:rsidRPr="00D23936">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Saračins</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D23936">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>kienė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D23936">
+        <w:rPr>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t>- anglų kalbos.</w:t>
       </w:r>
-      <w:r w:rsidR="006031BF">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="009379C4" w:rsidRDefault="006031BF" w:rsidP="009379C4">
+    <w:p w:rsidR="0067347F" w:rsidRPr="00D23936" w:rsidRDefault="007E6D32" w:rsidP="0067347F">
       <w:pPr>
         <w:spacing w:line="256" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008856B0">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00D23936">
+        <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
         </w:rPr>
-        <w:t>2025 m. prioritetai- atnaujinto ugdymo turinio įgyvendinimas: iš</w:t>
-[...3 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>2026 m. prioritetai- sėkmingai įgyvendinti ugdymo turinį: nuoseklus mokinių rengimas egzaminams, apsirūpinimas vad</w:t>
+      </w:r>
+      <w:r w:rsidR="00D23936" w:rsidRPr="00D23936">
+        <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
         </w:rPr>
-        <w:t>šūkiai ir sėkmės</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> bei TŪM plano veiklų įgyvendinimas.</w:t>
+        <w:t>ovėliais ir ugdymo priemonėmis, mokytojų bendradarbiavimas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006031BF" w:rsidRPr="006031BF" w:rsidRDefault="006031BF" w:rsidP="009379C4">
+    <w:p w:rsidR="0067347F" w:rsidRPr="00547480" w:rsidRDefault="0067347F" w:rsidP="0067347F">
       <w:pPr>
         <w:spacing w:line="256" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:color w:val="FF0000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00547480">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00547480">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00547480">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009379C4" w:rsidRPr="006031BF" w:rsidRDefault="009379C4" w:rsidP="009379C4">
+    <w:p w:rsidR="0067347F" w:rsidRPr="006031BF" w:rsidRDefault="0067347F" w:rsidP="0067347F">
       <w:pPr>
         <w:spacing w:line="256" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009379C4" w:rsidRPr="009379C4" w:rsidRDefault="009379C4" w:rsidP="009379C4">
+    <w:p w:rsidR="0067347F" w:rsidRPr="009379C4" w:rsidRDefault="0067347F" w:rsidP="0067347F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009379C4">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009379C4" w:rsidRPr="00860FC7" w:rsidRDefault="009379C4" w:rsidP="009379C4">
+    <w:p w:rsidR="0067347F" w:rsidRPr="00860FC7" w:rsidRDefault="0067347F" w:rsidP="0067347F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860FC7">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>METODINĖS TARYBOS PIRMININKAS IR JOS NARIAI</w:t>
       </w:r>
       <w:r w:rsidRPr="00860FC7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009379C4" w:rsidRPr="00860FC7" w:rsidRDefault="009379C4" w:rsidP="009379C4">
+    <w:p w:rsidR="0067347F" w:rsidRPr="00860FC7" w:rsidRDefault="0067347F" w:rsidP="0067347F">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860FC7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>1.Dalia Sakalauskienė- direktorės pavaduotoja ugdymui, pirmininkė</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009379C4" w:rsidRPr="00860FC7" w:rsidRDefault="00860FC7" w:rsidP="009379C4">
+    <w:p w:rsidR="0067347F" w:rsidRPr="00860FC7" w:rsidRDefault="0067347F" w:rsidP="0067347F">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Loreta </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Milieškienė</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="009379C4" w:rsidRPr="00860FC7">
+      <w:r w:rsidRPr="00860FC7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>- pradinių klasių metodinė grupė</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009379C4" w:rsidRPr="00860FC7" w:rsidRDefault="00860FC7" w:rsidP="009379C4">
+    <w:p w:rsidR="0067347F" w:rsidRPr="00860FC7" w:rsidRDefault="0067347F" w:rsidP="0067347F">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Vaida </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Raišutienė</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="009379C4" w:rsidRPr="00860FC7">
+      <w:r w:rsidRPr="00860FC7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>- lietuvių kalbos ir dorinio ugdymo metodinė grupė</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009379C4" w:rsidRPr="00860FC7" w:rsidRDefault="009379C4" w:rsidP="009379C4">
+    <w:p w:rsidR="0067347F" w:rsidRPr="00860FC7" w:rsidRDefault="0067347F" w:rsidP="0067347F">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860FC7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">4. Tatjana </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00860FC7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Saračinskienė</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00860FC7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>- užsienio kalbų metodinė grupė</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009379C4" w:rsidRPr="00860FC7" w:rsidRDefault="00860FC7" w:rsidP="009379C4">
+    <w:p w:rsidR="0067347F" w:rsidRPr="00860FC7" w:rsidRDefault="0067347F" w:rsidP="0067347F">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">5. Indrė </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Zozienė</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="009379C4" w:rsidRPr="00860FC7">
+      <w:r w:rsidRPr="00860FC7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>- tiksliųjų ir gamtos mokslų metodinė grupė</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009379C4" w:rsidRPr="00860FC7" w:rsidRDefault="009379C4" w:rsidP="009379C4">
+    <w:p w:rsidR="0067347F" w:rsidRPr="00860FC7" w:rsidRDefault="0067347F" w:rsidP="0067347F">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860FC7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">6. Valda </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00860FC7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Bružienė</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00860FC7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>- švietimo pagalbos teikėjų metodinė grupė</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009379C4" w:rsidRPr="00860FC7" w:rsidRDefault="009379C4" w:rsidP="009379C4">
+    <w:p w:rsidR="0067347F" w:rsidRPr="00860FC7" w:rsidRDefault="0067347F" w:rsidP="0067347F">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860FC7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>7. Ind</w:t>
       </w:r>
-      <w:r w:rsidR="00860FC7">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>rė Lileikienė- visuomeninio ugdymo</w:t>
       </w:r>
       <w:r w:rsidRPr="00860FC7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir saviraiškos metodinė grupė</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009379C4" w:rsidRPr="00860FC7" w:rsidRDefault="00860FC7" w:rsidP="009379C4">
+    <w:p w:rsidR="0067347F" w:rsidRPr="00860FC7" w:rsidRDefault="0067347F" w:rsidP="0067347F">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>8. Vilma Urbonienė</w:t>
       </w:r>
-      <w:r w:rsidR="009379C4" w:rsidRPr="00860FC7">
+      <w:r w:rsidRPr="00860FC7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>- klasių vadovų metodinė grupė.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009379C4" w:rsidRPr="00860FC7" w:rsidRDefault="009379C4" w:rsidP="009379C4">
+    <w:p w:rsidR="0067347F" w:rsidRPr="00860FC7" w:rsidRDefault="0067347F" w:rsidP="0067347F">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009379C4" w:rsidRPr="009379C4" w:rsidRDefault="009379C4" w:rsidP="009379C4">
+    <w:p w:rsidR="0067347F" w:rsidRPr="009379C4" w:rsidRDefault="0067347F" w:rsidP="0067347F">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00984BD0" w:rsidRDefault="009379C4" w:rsidP="009379C4">
+    <w:p w:rsidR="0067347F" w:rsidRDefault="0067347F" w:rsidP="0067347F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1680"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984BD0">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00984BD0" w:rsidRPr="00984BD0">
+      <w:r w:rsidR="009227D2">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00984BD0">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> M. GIMNAZIJOS TIKSLAS</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> IR UŽDAVINIAI</w:t>
+        <w:t xml:space="preserve"> M. GIMNAZIJOS TIKSLAS IR UŽDAVINIAI</w:t>
       </w:r>
       <w:r w:rsidRPr="00984BD0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009379C4" w:rsidRPr="00984BD0" w:rsidRDefault="00984BD0" w:rsidP="00984BD0">
+    <w:p w:rsidR="0067347F" w:rsidRPr="00984BD0" w:rsidRDefault="0067347F" w:rsidP="0067347F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1680"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Tikslas</w:t>
       </w:r>
       <w:r w:rsidRPr="00984BD0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00984BD0" w:rsidRDefault="00984BD0" w:rsidP="00984BD0">
-[...1 lines deleted...]
-        <w:ind w:firstLine="567"/>
+    <w:p w:rsidR="009227D2" w:rsidRPr="003176D2" w:rsidRDefault="009227D2" w:rsidP="009227D2">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Gerinti mokinių ugdymo kokybę, tobulinant ugdymo galimybes.</w:t>
+        <w:t>Gerinti mokinių ugdymo kokybę, tobulinant ugdymo galimybes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003176D2">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00984BD0" w:rsidRPr="003176D2" w:rsidRDefault="00984BD0" w:rsidP="00984BD0">
+    <w:p w:rsidR="0067347F" w:rsidRPr="003176D2" w:rsidRDefault="0067347F" w:rsidP="0067347F">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00984BD0" w:rsidRPr="003176D2" w:rsidRDefault="00984BD0" w:rsidP="00984BD0">
+    <w:p w:rsidR="0067347F" w:rsidRPr="003176D2" w:rsidRDefault="0067347F" w:rsidP="0067347F">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003176D2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Uždaviniai:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00984BD0" w:rsidRPr="008675F0" w:rsidRDefault="00984BD0" w:rsidP="00984BD0">
+    <w:p w:rsidR="009227D2" w:rsidRPr="001903E5" w:rsidRDefault="009227D2" w:rsidP="009227D2">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-      </w:pPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Tobulinti pasiekimų ir pažangos stebėjimo, vertinimo būdus ir metodus, atitinkančius individualias kiekvieno mokinio galimybes</w:t>
+      </w:r>
       <w:r w:rsidRPr="004E1532">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Vykdyti TŪM programos veiklas.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00984BD0" w:rsidRPr="004A5185" w:rsidRDefault="00984BD0" w:rsidP="00984BD0">
+    <w:p w:rsidR="009227D2" w:rsidRDefault="009227D2" w:rsidP="009227D2">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-        <w:contextualSpacing/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Užtikrinti saugią, kokybišką socialinę emocinę aplinką įvairių ugdymosi poreikių mokiniams. </w:t>
+        <w:t xml:space="preserve">Stiprinti mokytojų ir švietimo pagalbos specialistų profesinį tobulėjimą ir lyderystę. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009379C4" w:rsidRPr="009379C4" w:rsidRDefault="009379C4" w:rsidP="00C77E83">
+    <w:p w:rsidR="009227D2" w:rsidRPr="009227D2" w:rsidRDefault="009227D2" w:rsidP="009227D2">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B5535">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Taikyti mokinio mokymą(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B5535">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>si</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B5535">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>) įgalinančias šiuolaikiškas ugdymo(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B5535">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>si</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B5535">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>) priemones.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009227D2" w:rsidRPr="00F56D29" w:rsidRDefault="009227D2" w:rsidP="00F56D29">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009227D2">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Užtikrinti saugią, kokybišką socialinę/emocinę aplinką įvairių ugdymo(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009227D2">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>si</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009227D2">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)   poreikių mokiniams. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0067347F" w:rsidRPr="009379C4" w:rsidRDefault="0067347F" w:rsidP="0067347F">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009379C4" w:rsidRPr="00984BD0" w:rsidRDefault="009379C4" w:rsidP="009379C4">
+    <w:p w:rsidR="0067347F" w:rsidRPr="00984BD0" w:rsidRDefault="0067347F" w:rsidP="0067347F">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984BD0">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>VEIKLOS TURINYS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009379C4" w:rsidRPr="00984BD0" w:rsidRDefault="009379C4" w:rsidP="00984BD0">
+    <w:p w:rsidR="0067347F" w:rsidRPr="00984BD0" w:rsidRDefault="0067347F" w:rsidP="0067347F">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984BD0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidRPr="00984BD0">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Tikslas. </w:t>
       </w:r>
-      <w:r w:rsidR="00984BD0">
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Gerinti mokinių ugdymo kokybę, tobulinant ugdymo galimybes.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009379C4" w:rsidRPr="009379C4" w:rsidRDefault="009379C4" w:rsidP="009379C4">
+    <w:p w:rsidR="0067347F" w:rsidRPr="009379C4" w:rsidRDefault="0067347F" w:rsidP="0067347F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1680"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1963"/>
         <w:gridCol w:w="3702"/>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="4536"/>
         <w:gridCol w:w="1098"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009379C4" w:rsidRPr="009379C4" w:rsidTr="005A6793">
+      <w:tr w:rsidR="0067347F" w:rsidRPr="009379C4" w:rsidTr="007B005E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1963" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009379C4" w:rsidRPr="00984BD0" w:rsidRDefault="009379C4" w:rsidP="005A6793">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00984BD0" w:rsidRDefault="0067347F" w:rsidP="007B005E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00984BD0">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Uždavinys</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3702" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009379C4" w:rsidRPr="00984BD0" w:rsidRDefault="009379C4" w:rsidP="005A6793">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00984BD0" w:rsidRDefault="0067347F" w:rsidP="007B005E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00984BD0">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Priemonės pavadinimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009379C4" w:rsidRPr="00984BD0" w:rsidRDefault="009379C4" w:rsidP="005A6793">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00984BD0" w:rsidRDefault="0067347F" w:rsidP="007B005E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00984BD0">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Vykdytojai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009379C4" w:rsidRPr="00984BD0" w:rsidRDefault="009379C4" w:rsidP="005A6793">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00984BD0" w:rsidRDefault="0067347F" w:rsidP="007B005E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00984BD0">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009379C4" w:rsidRPr="00984BD0" w:rsidRDefault="009379C4" w:rsidP="005A6793">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00984BD0" w:rsidRDefault="0067347F" w:rsidP="007B005E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00984BD0">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Laukiami rezultatai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009379C4" w:rsidRPr="00984BD0" w:rsidRDefault="009379C4" w:rsidP="005A6793">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00984BD0" w:rsidRDefault="0067347F" w:rsidP="007B005E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00984BD0">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Pastabos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00604E17" w:rsidRPr="009379C4" w:rsidTr="005A6793">
+      <w:tr w:rsidR="00547480" w:rsidRPr="00547480" w:rsidTr="007B005E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1963" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="009379C4" w:rsidRDefault="00604E17" w:rsidP="00604E17">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00547480" w:rsidRDefault="0053735A" w:rsidP="007B005E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00984BD0">
-[...12 lines deleted...]
-              <w:t>Vykdyti TŪM programos veiklas</w:t>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. Tobulinti pasiekimų ir pažangos </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>stebėjimo, vertinimo būdus ir metodus, atitinkančius individualias kiekvieno mokinio galimybes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3702" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="00AB6F14" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00AB6F14">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00051D27" w:rsidRDefault="00051D27" w:rsidP="007B005E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00051D27">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Metodinių grupių</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF6E65">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir metodinės tarybos</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00051D27">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> parengtų 2026</w:t>
+            </w:r>
+            <w:r w:rsidR="0067347F" w:rsidRPr="00051D27">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> m. veiklos planų aptarimas ir tvirtinimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="00AB6F14" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00AB6F14">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00051D27" w:rsidRDefault="0067347F" w:rsidP="007B005E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00051D27">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Metodinė taryba</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="00AB6F14" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00AB6F14">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00051D27" w:rsidRDefault="0067347F" w:rsidP="007B005E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00051D27">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Sausis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="00AB6F14" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00AB6F14">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00051D27" w:rsidRDefault="0067347F" w:rsidP="007B005E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00051D27">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Numatytos priemonės garantuos sėkmingą gimnazijos tikslų ir uždavinių įgyvendinimą</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="009379C4" w:rsidRDefault="00604E17" w:rsidP="00604E17">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00547480" w:rsidRDefault="0067347F" w:rsidP="007B005E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00604E17" w:rsidRPr="009379C4" w:rsidTr="005A6793">
+      <w:tr w:rsidR="00547480" w:rsidRPr="00547480" w:rsidTr="007B005E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1963" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="009379C4" w:rsidRDefault="00604E17" w:rsidP="00604E17">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00547480" w:rsidRDefault="0067347F" w:rsidP="007B005E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3702" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="001A517F" w:rsidRDefault="00604E17" w:rsidP="00604E17">
+          <w:p w:rsidR="0067347F" w:rsidRPr="008261A5" w:rsidRDefault="00AD48FA" w:rsidP="007B005E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A517F">
-[...4 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008261A5">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Mokinių</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008261A5">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008261A5">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>pasiekimų</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008261A5">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008261A5">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ir</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008261A5">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008261A5">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>pažangos</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008261A5">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008261A5">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>stebėjimo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008261A5">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008261A5">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>bei</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008261A5">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008261A5">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>vertinimo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008261A5">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008261A5">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>tobulinimas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008261A5">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008261A5">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>analizė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008261A5">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008261A5">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ir</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008261A5">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008261A5">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>naujų</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008261A5">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008261A5">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>strategijų</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008261A5">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008261A5">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>paieška</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="001A517F" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="001A517F">
+          <w:p w:rsidR="0067347F" w:rsidRPr="008261A5" w:rsidRDefault="0067347F" w:rsidP="007B005E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008261A5">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Visi mokytojai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="001A517F" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="001A517F">
+          <w:p w:rsidR="0067347F" w:rsidRPr="008261A5" w:rsidRDefault="0067347F" w:rsidP="007B005E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008261A5">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Visus metus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="001A517F" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">ti ugdymą neturint vadovėlių, kitų priemonių. </w:t>
+          <w:p w:rsidR="0067347F" w:rsidRPr="008261A5" w:rsidRDefault="00AD48FA" w:rsidP="007B005E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008261A5">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mokytojai, pagalbos specialistai nuolat domisi mokinių vertinimo, pažangos stebėjimo naujovėmis, išbando ir taiko.  Dalinasi patirtimi su kolegomis. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="009379C4" w:rsidRDefault="00604E17" w:rsidP="00604E17">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00547480" w:rsidRDefault="0067347F" w:rsidP="007B005E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00604E17" w:rsidRPr="009379C4" w:rsidTr="005A6793">
+      <w:tr w:rsidR="00547480" w:rsidRPr="00547480" w:rsidTr="007B005E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1963" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="009379C4" w:rsidRDefault="00604E17" w:rsidP="00604E17">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00547480" w:rsidRDefault="0067347F" w:rsidP="007B005E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3702" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="0037672A" w:rsidRDefault="00834EA6" w:rsidP="00604E17">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> ir dalyvavimas konkursuose, olimpiadose, varžybose</w:t>
+          <w:p w:rsidR="0067347F" w:rsidRPr="00051D27" w:rsidRDefault="0067347F" w:rsidP="007B005E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00051D27">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Mokinių rengimas ir dalyvavimas konkursuose, olimpiadose, varžybose</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="0037672A" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="0037672A">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00051D27" w:rsidRDefault="0067347F" w:rsidP="007B005E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00051D27">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Visi mokytojai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="0037672A" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="0037672A">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00051D27" w:rsidRDefault="0067347F" w:rsidP="007B005E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00051D27">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Visus mokslo metus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="0037672A" w:rsidRDefault="00834EA6" w:rsidP="00604E17">
-[...52 lines deleted...]
-              <w:t xml:space="preserve">rsams, varžyboms ir pan. </w:t>
+          <w:p w:rsidR="0067347F" w:rsidRPr="00051D27" w:rsidRDefault="0067347F" w:rsidP="007B005E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00051D27">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pastebimi gabūs mokiniai, skatinami dalyvauti olimpiadose, konkursuose, varžybose, jiems teikiama pagalba ruošiantis olimpiadoms, konkursams, varžyboms ir pan. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="009379C4" w:rsidRDefault="00604E17" w:rsidP="00604E17">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00547480" w:rsidRDefault="0067347F" w:rsidP="007B005E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00604E17" w:rsidRPr="009379C4" w:rsidTr="005A6793">
+      <w:tr w:rsidR="00547480" w:rsidRPr="00547480" w:rsidTr="007B005E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1963" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="009379C4" w:rsidRDefault="00604E17" w:rsidP="00604E17">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00547480" w:rsidRDefault="0067347F" w:rsidP="007B005E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3702" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="00834EA6" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00834EA6">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00AC5EEB" w:rsidRDefault="0067347F" w:rsidP="007B005E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC5EEB">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Konsultacijų įvairių gebėjimų mokiniams organizavimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="00834EA6" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00834EA6">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00AC5EEB" w:rsidRDefault="0067347F" w:rsidP="007B005E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC5EEB">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Visi mokytojai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="00834EA6" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00834EA6">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00AC5EEB" w:rsidRDefault="0067347F" w:rsidP="007B005E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC5EEB">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Visus mokslo metus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="00834EA6" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00834EA6">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00AC5EEB" w:rsidRDefault="0067347F" w:rsidP="007B005E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC5EEB">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Nuolat teikiamos konsultacijos įvairių gebėjimų mokiniams mokymo(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00834EA6">
+            <w:r w:rsidRPr="00AC5EEB">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>si</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00834EA6">
+            <w:r w:rsidRPr="00AC5EEB">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>) spragoms šalinti, žinios gilinti. Suderinamas konsultacijų laikas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="009379C4" w:rsidRDefault="00604E17" w:rsidP="00604E17">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00547480" w:rsidRDefault="0067347F" w:rsidP="007B005E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00604E17" w:rsidRPr="009379C4" w:rsidTr="005A6793">
+      <w:tr w:rsidR="00547480" w:rsidRPr="00547480" w:rsidTr="007B005E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1963" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="009379C4" w:rsidRDefault="00604E17" w:rsidP="00604E17">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00547480" w:rsidRDefault="0067347F" w:rsidP="007B005E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3702" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="00834EA6" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00834EA6">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00DD4249" w:rsidRDefault="0067347F" w:rsidP="007B005E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD4249">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Bandomųjų brandos egzaminų organizavimas, vertinimas, rezultatų aptarimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="00834EA6" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00834EA6">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00DD4249" w:rsidRDefault="0067347F" w:rsidP="007B005E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD4249">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Metodinės grupės</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="00834EA6" w:rsidRDefault="00CC28B6" w:rsidP="00CC28B6">
-[...15 lines deleted...]
-              <w:t>asaris</w:t>
+          <w:p w:rsidR="0067347F" w:rsidRPr="00DD4249" w:rsidRDefault="0067347F" w:rsidP="007B005E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD4249">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Sausis- vasaris</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="00834EA6" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00834EA6">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00DD4249" w:rsidRDefault="0067347F" w:rsidP="007B005E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD4249">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Dalykų mokytojai organizuoja bandomuosius egzaminus, išsiaiškina mokinių galimybes, metodinėse grupėse aptaria sunkumus, numato tolesnio mokymo žingsnius.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="009379C4" w:rsidRDefault="00604E17" w:rsidP="00604E17">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00547480" w:rsidRDefault="0067347F" w:rsidP="007B005E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00604E17" w:rsidRPr="009379C4" w:rsidTr="005A6793">
+      <w:tr w:rsidR="00547480" w:rsidRPr="00547480" w:rsidTr="007B005E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1963" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="009379C4" w:rsidRDefault="00604E17" w:rsidP="00604E17">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00547480" w:rsidRDefault="0067347F" w:rsidP="007B005E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3702" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...22 lines deleted...]
-              <w:t>TŪM plano įtraukiojo ugdymo veiklų vykdymas</w:t>
+          <w:p w:rsidR="0067347F" w:rsidRPr="00143B51" w:rsidRDefault="00143B51" w:rsidP="007B005E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00143B51">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>SUP mokinių ugdymas bendradarbiaujant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="00834EA6" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00834EA6">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00143B51" w:rsidRDefault="0067347F" w:rsidP="007B005E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00143B51">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Dalykų mokytojai, pagalbos specialistai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="00834EA6" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00834EA6">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00143B51" w:rsidRDefault="0067347F" w:rsidP="007B005E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00143B51">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Visus metus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="00834EA6" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Dalyvaujama fokus grupėse, kuriamas skaitmeninių ir fizinių priemonių bei metodikos katalogas. </w:t>
+          <w:p w:rsidR="0067347F" w:rsidRPr="00143B51" w:rsidRDefault="00143B51" w:rsidP="00143B51">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00143B51">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Bendradarbiaujant kuriami švietimo pagalbos planai, nuolat aptariami SUP mokinių ugdymo metodai, būdai</w:t>
+            </w:r>
+            <w:r w:rsidR="0019286F">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> siekiant, kad mokiniai pasiektų</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00143B51">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pažangą.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="009379C4" w:rsidRDefault="00604E17" w:rsidP="00604E17">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00547480" w:rsidRDefault="0067347F" w:rsidP="007B005E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00604E17" w:rsidRPr="009379C4" w:rsidTr="005A6793">
+      <w:tr w:rsidR="00547480" w:rsidRPr="00547480" w:rsidTr="007B005E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1963" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="009379C4" w:rsidRDefault="00604E17" w:rsidP="00604E17">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00547480" w:rsidRDefault="0067347F" w:rsidP="007B005E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3702" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="00834EA6" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...9 lines deleted...]
-              <w:t xml:space="preserve">I- II klasių mokinių metiniai projektų vykdymas </w:t>
+          <w:p w:rsidR="0067347F" w:rsidRPr="006E2F73" w:rsidRDefault="006E2F73" w:rsidP="007B005E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E2F73">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidR="0067347F" w:rsidRPr="006E2F73">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> klasių mok</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E2F73">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>inių metiniai projektų vykdymas, geriausių darbų pristatymas konferencijos metu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="00834EA6" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00834EA6">
+          <w:p w:rsidR="0067347F" w:rsidRPr="006E2F73" w:rsidRDefault="0067347F" w:rsidP="007B005E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E2F73">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Visų dalykų mokytojai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="00834EA6" w:rsidRDefault="00604E17" w:rsidP="00604E17">
+          <w:p w:rsidR="0067347F" w:rsidRPr="006E2F73" w:rsidRDefault="0067347F" w:rsidP="007B005E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00834EA6">
+            <w:r w:rsidRPr="006E2F73">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Visus metus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="00834EA6" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...9 lines deleted...]
-              <w:t>Visi I- II klasių mokiniai vykdo asmenius metinius projektus. Ugdomos visos kompetencijos, sudarytos sąlygos mokiniams realizuoti save, pasirenkant projekto temą, savarankiškai tyrinėjant, analizuojant. Mokiniai išmoksta parengti projektų aprašus, pristatyti  auditorijai konferencijos metu.</w:t>
+          <w:p w:rsidR="0067347F" w:rsidRPr="006E2F73" w:rsidRDefault="006E2F73" w:rsidP="007B005E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E2F73">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Visi I</w:t>
+            </w:r>
+            <w:r w:rsidR="0067347F" w:rsidRPr="006E2F73">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> klasių mokiniai vykdo asmenius metinius projektus. Ugdomos visos kompetencijos, sudarytos sąlygos mokiniams realizuoti save, pasirenkant projekto temą, savarankiškai tyrinėjant, analizuojant. Mokiniai išmoksta parengti projektų aprašus, pristatyti  auditorijai konferencijos metu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="009379C4" w:rsidRDefault="00604E17" w:rsidP="00604E17">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00547480" w:rsidRDefault="0067347F" w:rsidP="007B005E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00604E17" w:rsidRPr="009379C4" w:rsidTr="005A6793">
+      <w:tr w:rsidR="00547480" w:rsidRPr="00547480" w:rsidTr="007B005E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1963" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="009379C4" w:rsidRDefault="00604E17" w:rsidP="00604E17">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00547480" w:rsidRDefault="0067347F" w:rsidP="007B005E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3702" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="00601F54" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> gimnazijoje ir kitoje aplinkoje</w:t>
+          <w:p w:rsidR="0067347F" w:rsidRPr="00133EC3" w:rsidRDefault="0067347F" w:rsidP="007B005E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00133EC3">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Integruotų, STEAM, atvirų pamokų/veiklų vedimas gimnazijoje ir kitoje aplinkoje</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="00601F54" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00601F54">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00133EC3" w:rsidRDefault="0067347F" w:rsidP="007B005E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00133EC3">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Metodinės grupės</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="00601F54" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00601F54">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00133EC3" w:rsidRDefault="0067347F" w:rsidP="007B005E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00133EC3">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Visus  metus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="00601F54" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...21 lines deleted...]
-              <w:t>dalijasi patirtimi. Efektyvinamas mokymo(</w:t>
+          <w:p w:rsidR="0067347F" w:rsidRPr="00133EC3" w:rsidRDefault="0067347F" w:rsidP="007B005E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00133EC3">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Įvairių dalykų mokytojai veda integruotas pamokas/ veiklas dalijasi patirtimi. Efektyvinamas mokymo(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00601F54">
+            <w:r w:rsidRPr="00133EC3">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>si</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00601F54">
-[...9 lines deleted...]
-              <w:t>, galimybė į temas pažvelgti iš įvairių dalykų perspektyvos.</w:t>
+            <w:r w:rsidRPr="00133EC3">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) procesas- mokiniams įdomesnės pamokos, galimybė į </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00133EC3">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>temas pažvelgti iš įvairių dalykų perspektyvos.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="009379C4" w:rsidRDefault="00604E17" w:rsidP="00604E17">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00547480" w:rsidRDefault="0067347F" w:rsidP="007B005E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00604E17" w:rsidRPr="009379C4" w:rsidTr="005A6793">
+      <w:tr w:rsidR="00547480" w:rsidRPr="00547480" w:rsidTr="007B005E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1963" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="009379C4" w:rsidRDefault="00604E17" w:rsidP="00604E17">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00547480" w:rsidRDefault="0067347F" w:rsidP="007B005E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3702" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="00B60A42" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...30 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="0067347F" w:rsidRPr="00725F81" w:rsidRDefault="0067347F" w:rsidP="00725F81">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="00B60A42" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...10 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="0067347F" w:rsidRPr="00725F81" w:rsidRDefault="0067347F" w:rsidP="007B005E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="00B60A42" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...10 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="0067347F" w:rsidRPr="00725F81" w:rsidRDefault="0067347F" w:rsidP="007B005E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="009379C4" w:rsidRDefault="00B60A42" w:rsidP="00604E17">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00725F81" w:rsidRDefault="0067347F" w:rsidP="00BF7351">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0067347F" w:rsidRPr="00547480" w:rsidRDefault="0067347F" w:rsidP="007B005E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B60A42">
-[...48 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00604E17" w:rsidRPr="009379C4" w:rsidTr="005A6793">
+      <w:tr w:rsidR="00547480" w:rsidRPr="00547480" w:rsidTr="007B005E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1963" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="009379C4" w:rsidRDefault="00604E17" w:rsidP="00604E17">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00547480" w:rsidRDefault="0067347F" w:rsidP="007B005E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3702" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="00B60A42" w:rsidRDefault="00604E17" w:rsidP="00B60A42">
-[...21 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="0067347F" w:rsidRPr="008F7CF0" w:rsidRDefault="0067347F" w:rsidP="007B005E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F7CF0">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Mokinių mokymosi pasiekimų analizė (NMPP, PUPP, BE)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="00B60A42" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00B60A42">
+          <w:p w:rsidR="0067347F" w:rsidRPr="008F7CF0" w:rsidRDefault="0067347F" w:rsidP="007B005E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F7CF0">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Metodinės grupės</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="00B60A42" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...9 lines deleted...]
-              <w:t>Kovas- rugpjūtis</w:t>
+          <w:p w:rsidR="0067347F" w:rsidRPr="008F7CF0" w:rsidRDefault="002254D1" w:rsidP="007B005E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Balandis</w:t>
+            </w:r>
+            <w:r w:rsidR="0067347F" w:rsidRPr="008F7CF0">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>- rugpjūtis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="00B60A42" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00B60A42">
+          <w:p w:rsidR="0067347F" w:rsidRPr="008F7CF0" w:rsidRDefault="0067347F" w:rsidP="007B005E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F7CF0">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Aptariama, kaip gerinti pasiekimus, dalijamasi metodinių grupių patirtimi.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="009379C4" w:rsidRDefault="00604E17" w:rsidP="00604E17">
+          <w:p w:rsidR="0067347F" w:rsidRPr="00547480" w:rsidRDefault="0067347F" w:rsidP="007B005E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00604E17" w:rsidRPr="009379C4" w:rsidTr="005A6793">
+      <w:tr w:rsidR="007D2ACC" w:rsidRPr="00547480" w:rsidTr="007B005E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1963" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="009379C4" w:rsidRDefault="00604E17" w:rsidP="00604E17">
+          <w:p w:rsidR="007D2ACC" w:rsidRPr="00547480" w:rsidRDefault="007D2ACC" w:rsidP="007D2ACC">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3702" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="00F02C2C" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...9 lines deleted...]
-              <w:t>Mokytojų metinė ataskaita</w:t>
+          <w:p w:rsidR="007D2ACC" w:rsidRPr="00173620" w:rsidRDefault="007D2ACC" w:rsidP="007D2ACC">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00173620">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Dalykų ilgalaikių planų, modulių, pasirenkamųjų ir neformalaus mokinių švietimo  programų rengimas ir aptarimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="00F02C2C" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...9 lines deleted...]
-              <w:t>Visi dalykų mokytojai, specialistai</w:t>
+          <w:p w:rsidR="007D2ACC" w:rsidRPr="00173620" w:rsidRDefault="007D2ACC" w:rsidP="007D2ACC">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00173620">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Dalykų mokytojai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="00F02C2C" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...9 lines deleted...]
-              <w:t>Birželis</w:t>
+          <w:p w:rsidR="007D2ACC" w:rsidRPr="00173620" w:rsidRDefault="007D2ACC" w:rsidP="007D2ACC">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00173620">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Rugpjūtis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="00F02C2C" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...9 lines deleted...]
-              <w:t>Parengtos atskaitos- mokslo metų darbo įsivertinimas- sėkmių ir problemų identifikavimas, panaudojamas kitų mokslo metų veiklos planavimui</w:t>
+          <w:p w:rsidR="007D2ACC" w:rsidRPr="00173620" w:rsidRDefault="007D2ACC" w:rsidP="007D2ACC">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00173620">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Įvertinamos programos ir planai, teikiami tvirtinimui</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>. Planai rengiami integruojant ugdymo turinį.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="009379C4" w:rsidRDefault="00604E17" w:rsidP="00604E17">
+          <w:p w:rsidR="007D2ACC" w:rsidRPr="00547480" w:rsidRDefault="007D2ACC" w:rsidP="007D2ACC">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00604E17" w:rsidRPr="009379C4" w:rsidTr="005A6793">
+      <w:tr w:rsidR="007D2ACC" w:rsidRPr="00547480" w:rsidTr="00D630FF">
+        <w:trPr>
+          <w:trHeight w:val="1022"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1963" w:type="dxa"/>
-            <w:vMerge/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00604E17" w:rsidRPr="009379C4" w:rsidRDefault="00604E17" w:rsidP="00604E17">
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="007D2ACC" w:rsidRPr="00C13C4D" w:rsidRDefault="007D2ACC" w:rsidP="007D2ACC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C13C4D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Stiprinti mokytojų ir švietimo pagalbos specialistų profesinį tobulėjimą ir lyderystę. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D2ACC" w:rsidRPr="00547480" w:rsidRDefault="007D2ACC" w:rsidP="007D2ACC">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3702" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="00F02C2C" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...9 lines deleted...]
-              <w:t>Dalykų ilgalaikių planų, modulių, pasirenkamųjų ir neformalaus mokinių švietimo  programų rengimas ir aptarimas</w:t>
+          <w:p w:rsidR="007D2ACC" w:rsidRPr="0057304C" w:rsidRDefault="007D2ACC" w:rsidP="007D2ACC">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057304C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>2026 m. mokytojų ir pagalbos specialistų (išskyrus psichologus) atestacijos programos aptarimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="00F02C2C" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...9 lines deleted...]
-              <w:t>Dalykų mokytojai</w:t>
+          <w:p w:rsidR="007D2ACC" w:rsidRPr="0057304C" w:rsidRDefault="007D2ACC" w:rsidP="007D2ACC">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057304C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Metodinės tarybos nariai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="00F02C2C" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...9 lines deleted...]
-              <w:t>Rugpjūtis</w:t>
+          <w:p w:rsidR="007D2ACC" w:rsidRPr="0057304C" w:rsidRDefault="007D2ACC" w:rsidP="007D2ACC">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057304C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Sausis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="00F02C2C" w:rsidRDefault="00604E17" w:rsidP="00604E17">
-[...9 lines deleted...]
-              <w:t>Įvertinamos programos ir planai, teikiami tvirtinimui</w:t>
+          <w:p w:rsidR="007D2ACC" w:rsidRPr="0057304C" w:rsidRDefault="007D2ACC" w:rsidP="007D2ACC">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057304C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Atariamos mokytojų atestacijos galimybės, teikiamos rekomendacijos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00604E17" w:rsidRPr="009379C4" w:rsidRDefault="00604E17" w:rsidP="00604E17">
+          <w:p w:rsidR="007D2ACC" w:rsidRPr="00547480" w:rsidRDefault="007D2ACC" w:rsidP="007D2ACC">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00604E17" w:rsidRPr="009379C4" w:rsidTr="005A6793">
-[...397 lines deleted...]
-      <w:tr w:rsidR="00AD1E99" w:rsidRPr="009379C4" w:rsidTr="005A6793">
+      <w:tr w:rsidR="0071301E" w:rsidRPr="00547480" w:rsidTr="007B005E">
         <w:trPr>
           <w:trHeight w:val="1408"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1963" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AD1E99" w:rsidRPr="001C3E43" w:rsidRDefault="00AD1E99" w:rsidP="00834EA6">
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0071301E" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3702" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0071301E" w:rsidRPr="00725F81" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F81">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TŪM </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F81">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>tinklaveika</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0071301E" w:rsidRPr="00725F81" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Dalykų mokytojai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0071301E" w:rsidRPr="00725F81" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F81">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Vasaris</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0071301E" w:rsidRPr="00725F81" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F81">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Dail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>ės ir technologijų mokytojai ra</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00725F81">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">jono mokyklų mokiniams pristato TŪM programos lėšomis įsigytas priemones, atnaujintas erdves bei organizuoja edukaciją. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0071301E" w:rsidRPr="00547480" w:rsidRDefault="0071301E" w:rsidP="0071301E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0071301E" w:rsidRPr="00547480" w:rsidTr="007B005E">
+        <w:trPr>
+          <w:trHeight w:val="1408"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1963" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0071301E" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3702" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0071301E" w:rsidRPr="00BB4FEA" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB4FEA">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Kolegialaus ryšio stiprinimas. Kolegų pamokų</w:t>
+            </w:r>
             <w:r>
-              <w:lastRenderedPageBreak/>
-[...4 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>/veiklų</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB4FEA">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> stebėjimas ir aptarimas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0071301E" w:rsidRPr="00BB4FEA" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB4FEA">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Mokytojai, pagalbos specialistai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0071301E" w:rsidRPr="00BB4FEA" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB4FEA">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Visus metus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0071301E" w:rsidRPr="00BB4FEA" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB4FEA">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Visi mokytojai stebės bent po 2 kolegų pamokas, jas aptars. Dalijimasis patirtimi gerins pamokos kokybę, gerės mokytojų bendradarbiavimas, priims bendrus sprendimus dėl kylančių problemų konkrečiose klasėse.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0071301E" w:rsidRPr="00BB4FEA" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0071301E" w:rsidRPr="00547480" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0071301E" w:rsidRPr="00547480" w:rsidTr="00D94907">
+        <w:trPr>
+          <w:trHeight w:val="699"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1963" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0071301E" w:rsidRPr="00547480" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3702" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD1E99" w:rsidRPr="004D6F06" w:rsidRDefault="00AD1E99" w:rsidP="00834EA6">
-[...10 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="0071301E" w:rsidRPr="00245CE1" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00245CE1">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Bendradarbiavimo su tėvais renginiai</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0071301E" w:rsidRPr="00245CE1" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD1E99" w:rsidRPr="00EB30CE" w:rsidRDefault="00AD1E99" w:rsidP="00EB30CE">
-[...9 lines deleted...]
-              <w:t>Visi mokytojai, specialistai</w:t>
+          <w:p w:rsidR="0071301E" w:rsidRPr="00245CE1" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00245CE1">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Pagalbos specialistai,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0071301E" w:rsidRPr="00245CE1" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00245CE1">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>klasių vadovai, dalykų mokytojai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD1E99" w:rsidRPr="00EB30CE" w:rsidRDefault="00AD1E99" w:rsidP="00EB30CE">
-[...9 lines deleted...]
-              <w:t>Visus metus</w:t>
+          <w:p w:rsidR="0071301E" w:rsidRPr="00245CE1" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00245CE1">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Per metus </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD1E99" w:rsidRPr="00EB30CE" w:rsidRDefault="00AD1E99" w:rsidP="00EB30CE">
-[...9 lines deleted...]
-              <w:t>Siekis sumažinti patyčių mastą, vykdyti prevencinę veiklą</w:t>
+          <w:p w:rsidR="0071301E" w:rsidRPr="00547480" w:rsidRDefault="000A0BA4" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F175B">
+              <w:t>Pravestos 2</w:t>
+            </w:r>
+            <w:r w:rsidR="0071301E" w:rsidRPr="004F175B">
+              <w:t xml:space="preserve"> tėvų </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F175B">
+              <w:t xml:space="preserve">(globėjų) atvirų durų dienos, konferencija „Rytojaus tėvai 26“. </w:t>
+            </w:r>
+            <w:r w:rsidR="0071301E" w:rsidRPr="004F175B">
+              <w:t xml:space="preserve"> Individualiuose pokalbiuose su mokinių tėvais aptariamos mokymo(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0071301E" w:rsidRPr="004F175B">
+              <w:t>si</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0071301E" w:rsidRPr="004F175B">
+              <w:t>) galimybės, problemos, randamos sąsajos, kaip bendradarbiaujant padėti mokiniui pasiekti pažangą, renginių metu tėvai dalyvaus diskusijose, mokymuose, klausys paskaitų apie vaikų ugdymą.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD1E99" w:rsidRPr="009379C4" w:rsidRDefault="00AD1E99" w:rsidP="00834EA6">
+          <w:p w:rsidR="0071301E" w:rsidRPr="00547480" w:rsidRDefault="0071301E" w:rsidP="0071301E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD1E99" w:rsidRPr="009379C4" w:rsidTr="005A6793">
+      <w:tr w:rsidR="0071301E" w:rsidRPr="00547480" w:rsidTr="007B005E">
         <w:trPr>
           <w:trHeight w:val="1546"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1963" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD1E99" w:rsidRPr="009379C4" w:rsidRDefault="00AD1E99" w:rsidP="00F02C2C">
+          <w:p w:rsidR="0071301E" w:rsidRPr="00547480" w:rsidRDefault="0071301E" w:rsidP="0071301E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3702" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD1E99" w:rsidRPr="00A53353" w:rsidRDefault="00AD1E99" w:rsidP="00F02C2C">
-[...22 lines deleted...]
-              <w:t>Atvirų durų dienų tėvams (globėjams) organizavimas</w:t>
+          <w:p w:rsidR="0071301E" w:rsidRPr="00245CE1" w:rsidRDefault="009A530F" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Mokyklos</w:t>
+            </w:r>
+            <w:r w:rsidR="0071301E">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir poeto V. Mačernio 105 jubiliejaus organizavimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD1E99" w:rsidRPr="00A53353" w:rsidRDefault="00AD1E99" w:rsidP="00F02C2C">
-[...22 lines deleted...]
-              <w:t>klasių vadovai, dalykų mokytojai</w:t>
+          <w:p w:rsidR="0071301E" w:rsidRPr="00245CE1" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Darbo grupės</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD1E99" w:rsidRPr="00984A9A" w:rsidRDefault="00AD1E99" w:rsidP="00F02C2C">
+          <w:p w:rsidR="0071301E" w:rsidRPr="00245CE1" w:rsidRDefault="0071301E" w:rsidP="0071301E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00984A9A">
-[...45 lines deleted...]
-              <w:t>Spalio 15d.)</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Kovas- birželis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD1E99" w:rsidRPr="00984A9A" w:rsidRDefault="00AD1E99" w:rsidP="00F02C2C">
-[...36 lines deleted...]
-              <w:t>) galimybės, problemos, randamos sąsajos, kaip bendradarbiaujant padėti mokiniui pasiekti pažangą, renginių metu tėvai dalyvaus diskusijose, mokymuose, klausys paskaitų apie vaikų ugdymą.</w:t>
+          <w:p w:rsidR="0071301E" w:rsidRPr="00547480" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F29DF">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Organizuojami lietuvių kalbos, dailės regioniniai konkursai, ruošiama istorinė medžiaga, rengiami meniniai pasirodymai.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Vyksta aktyvus bendradarbiavimas, integracija.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD1E99" w:rsidRPr="009379C4" w:rsidRDefault="00AD1E99" w:rsidP="00F02C2C">
+          <w:p w:rsidR="0071301E" w:rsidRPr="00547480" w:rsidRDefault="0071301E" w:rsidP="0071301E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD1E99" w:rsidRPr="009379C4" w:rsidTr="005A6793">
+      <w:tr w:rsidR="0071301E" w:rsidRPr="00547480" w:rsidTr="007B005E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1963" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD1E99" w:rsidRPr="009379C4" w:rsidRDefault="00AD1E99" w:rsidP="00B60A42">
+          <w:p w:rsidR="0071301E" w:rsidRPr="00547480" w:rsidRDefault="0071301E" w:rsidP="0071301E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3702" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD1E99" w:rsidRPr="00E02F91" w:rsidRDefault="00AD1E99" w:rsidP="00B60A42">
+          <w:p w:rsidR="0071301E" w:rsidRPr="00547480" w:rsidRDefault="0071301E" w:rsidP="0071301E">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              <w:t>Gerosios patirties sklaida su Gargždų „Vaivorykštės gimnazija</w:t>
+              <w:t xml:space="preserve">Mokymai mokytojams ir pagalbos specialistams „Motyvacija ir </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>savimotyvacija</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> būti moderniais mokytojais“ (lektorė L. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Laurinčiukienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD1E99" w:rsidRPr="00E02F91" w:rsidRDefault="00AD1E99" w:rsidP="00B60A42">
-[...2 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="0071301E" w:rsidRPr="0057304C" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057304C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Visi mokytojai ir pagalbos specialistai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0071301E" w:rsidRPr="0057304C" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057304C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Rugsėjo 28 d.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0071301E" w:rsidRPr="00547480" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...41 lines deleted...]
-              <w:t xml:space="preserve">Dalintis su kolegomis iš Gargždų apie metodinį darbą, ugdymo naujoves, TŪM projekto įgyvendinimą. </w:t>
+              <w:t>Mokytojai ir pagalbos specialistai pagilins žinias ir įgūdžius, kaip šiuolaikiniai ugdymo metodai, technologijos, socialiniai pokyčiai veikia mokytojo vaidmenį bei kasdienę praktiką.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD1E99" w:rsidRPr="009379C4" w:rsidRDefault="00AD1E99" w:rsidP="00B60A42">
+          <w:p w:rsidR="0071301E" w:rsidRPr="00547480" w:rsidRDefault="0071301E" w:rsidP="0071301E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD1E99" w:rsidRPr="009379C4" w:rsidTr="005A6793">
+      <w:tr w:rsidR="0071301E" w:rsidRPr="00547480" w:rsidTr="007B005E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1963" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD1E99" w:rsidRPr="009379C4" w:rsidRDefault="00AD1E99" w:rsidP="00CC28B6">
+          <w:p w:rsidR="0071301E" w:rsidRPr="00547480" w:rsidRDefault="0071301E" w:rsidP="0071301E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3702" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD1E99" w:rsidRPr="00CC28B6" w:rsidRDefault="00AD1E99" w:rsidP="00CC28B6">
-[...9 lines deleted...]
-              <w:t>2025 m. mokytojų ir pagalbos specialistų (išskyrus psichologus) atestacijos programos aptarimas</w:t>
+          <w:p w:rsidR="0071301E" w:rsidRPr="0057304C" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057304C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Dalyvavimas kvalifikacijos kėlimo renginiuose, rajono  metodinėje veikloje (pagal kvalifikacijos kėlimo planą)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD1E99" w:rsidRPr="00CC28B6" w:rsidRDefault="00AD1E99" w:rsidP="00CC28B6">
-[...9 lines deleted...]
-              <w:t>Metodinės tarybos nariai</w:t>
+          <w:p w:rsidR="0071301E" w:rsidRPr="0057304C" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057304C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Dalykų mokytojai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD1E99" w:rsidRPr="00CC28B6" w:rsidRDefault="00AD1E99" w:rsidP="00CC28B6">
-[...9 lines deleted...]
-              <w:t>Sausis</w:t>
+          <w:p w:rsidR="0071301E" w:rsidRPr="0057304C" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057304C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Visus  metus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD1E99" w:rsidRPr="00CC28B6" w:rsidRDefault="00AD1E99" w:rsidP="00CC28B6">
-[...9 lines deleted...]
-              <w:t>Atariamos mokytojų atestacijos galimybės, teikiamos rekomendacijos</w:t>
+          <w:p w:rsidR="0071301E" w:rsidRPr="0057304C" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057304C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Dalykų mokytojai dalyvauja kvalifikacijos kėlimo renginiuose apie atnaujinto ugdymo turinio diegimą, rajono metodinėje veikloje</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD1E99" w:rsidRPr="009379C4" w:rsidRDefault="00AD1E99" w:rsidP="00CC28B6">
+          <w:p w:rsidR="0071301E" w:rsidRPr="00547480" w:rsidRDefault="0071301E" w:rsidP="0071301E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD1E99" w:rsidRPr="009379C4" w:rsidTr="005A6793">
+      <w:tr w:rsidR="0071301E" w:rsidRPr="00547480" w:rsidTr="007B005E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1963" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD1E99" w:rsidRPr="009379C4" w:rsidRDefault="00AD1E99" w:rsidP="00CC28B6">
+          <w:p w:rsidR="0071301E" w:rsidRPr="00547480" w:rsidRDefault="0071301E" w:rsidP="0071301E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3702" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD1E99" w:rsidRPr="00CC28B6" w:rsidRDefault="00AD1E99" w:rsidP="00CC28B6">
-[...9 lines deleted...]
-              <w:t>Dalyvavimas kvalifikacijos kėlimo renginiuose, rajono  metodinėje veikloje (pagal kvalifikacijos kėlimo planą)</w:t>
+          <w:p w:rsidR="0071301E" w:rsidRPr="0057304C" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Mokytojų diskusija/pasidalijimas patirtimi apie veiksmingą, įtraukiančią pamoką</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD1E99" w:rsidRPr="00CC28B6" w:rsidRDefault="00AD1E99" w:rsidP="00CC28B6">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00CC28B6">
+          <w:p w:rsidR="0071301E" w:rsidRPr="0057304C" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Dalykų mokytojai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD1E99" w:rsidRPr="00CC28B6" w:rsidRDefault="00AD1E99" w:rsidP="00CC28B6">
-[...9 lines deleted...]
-              <w:t>Visus  metus</w:t>
+          <w:p w:rsidR="0071301E" w:rsidRPr="0057304C" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Spalis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD1E99" w:rsidRPr="00CC28B6" w:rsidRDefault="00AD1E99" w:rsidP="00CC28B6">
-[...9 lines deleted...]
-              <w:t>Dalykų mokytojai dalyvauja kvalifikacijos kėlimo renginiuose apie atnaujinto ugdymo turinio diegimą, rajono metodinėje veikloje</w:t>
+          <w:p w:rsidR="0071301E" w:rsidRPr="0057304C" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mokytojai diskutuoja/ dalijasi patirtimi apie pamokos struktūrą, metodus, ugdymo priemones,  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>įtrauktį</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pamokoje, siekia susitarti, kokia pamoka yra veiksminga ir įtraukianti</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD1E99" w:rsidRPr="009379C4" w:rsidRDefault="00AD1E99" w:rsidP="00CC28B6">
+          <w:p w:rsidR="0071301E" w:rsidRPr="00547480" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009A530F" w:rsidRPr="00547480" w:rsidTr="007B005E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1963" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A530F" w:rsidRPr="00C13C4D" w:rsidRDefault="009A530F" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C13C4D">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Taikyti mokinio mokymą(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C13C4D">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>si</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C13C4D">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>) įgalinančias šiuolaikiškas ugdymo(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C13C4D">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>si</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C13C4D">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>) priemones.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009A530F" w:rsidRPr="00547480" w:rsidRDefault="009A530F" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3702" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A530F" w:rsidRPr="006C5EBB" w:rsidRDefault="009A530F" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C5EBB">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vadovėlių ir mokymo priemonių bazės atnaujinimas </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A530F" w:rsidRPr="006C5EBB" w:rsidRDefault="009A530F" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C5EBB">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Dalykų mokytojai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A530F" w:rsidRPr="006C5EBB" w:rsidRDefault="009A530F" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C5EBB">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Balandis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A530F" w:rsidRPr="006C5EBB" w:rsidRDefault="009A530F" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C5EBB">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Pagal mokytojų pateiktus prašymus sprendžiama, kokių vadovėlių ir priemonių įsigijimui  skirti lėšų.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A530F" w:rsidRPr="00547480" w:rsidRDefault="009A530F" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009A530F" w:rsidRPr="00547480" w:rsidTr="007B005E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1963" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A530F" w:rsidRDefault="009A530F" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3702" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A530F" w:rsidRPr="006C5EBB" w:rsidRDefault="009A530F" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Naudotis ir papildyti „Microsoft </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Teams</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>“ sukurtą mokymų medžiagos katalogą.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A530F" w:rsidRPr="006C5EBB" w:rsidRDefault="009A530F" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Visi mokytojai ir specialistai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A530F" w:rsidRPr="006C5EBB" w:rsidRDefault="009A530F" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Visus metus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A530F" w:rsidRPr="006C5EBB" w:rsidRDefault="009A530F" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Siekdami tobulinti pamoką mokytojai ir pagalbos specialistai naudojasi mokymų medžiaga, pritaiko pamokose, patys kuria užduotis, priemones ir dalinasi su kolegomis. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A530F" w:rsidRPr="00547480" w:rsidRDefault="009A530F" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009A530F" w:rsidRPr="00547480" w:rsidTr="007B005E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1963" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A530F" w:rsidRDefault="009A530F" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3702" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A530F" w:rsidRDefault="009A530F" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>TŪM priemonių, aplinkų naudojimas ugdymo procese</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A530F" w:rsidRDefault="009A530F" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Dalykų mokytojai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A530F" w:rsidRDefault="009A530F" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Visus metus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A530F" w:rsidRDefault="009A530F" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mokytojai pamokose naudoja, supažindina mokinius su šiuolaikiškomis priemonėmis (įsigytos iš TŪM projekto lėšų), skatinančiomis mokinių kūrybiškumą, saviraišką, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>žingeidumą</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A530F" w:rsidRPr="00547480" w:rsidRDefault="009A530F" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009A530F" w:rsidRPr="00547480" w:rsidTr="007B005E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1963" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A530F" w:rsidRDefault="009A530F" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3702" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A530F" w:rsidRDefault="009A530F" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D0977">
+              <w:t>Dirbtinio intelekto įrankių integravimas į ugdymo procesą.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A530F" w:rsidRDefault="009A530F" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Dalykų mokytojai, pagalbos specialistai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A530F" w:rsidRDefault="009A530F" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Visus metus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A530F" w:rsidRDefault="009A530F" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Dirbtinio intelekto įrankiai </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D0977">
+              <w:t xml:space="preserve"> tikslingai taikomi ugdymo procese, didinant mokinių įsitraukimą, personalizuojant mokymąsi ir stiprinant mokytojų skaitmenines kompetencijas.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A530F" w:rsidRPr="00547480" w:rsidRDefault="009A530F" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0071301E" w:rsidRPr="00547480" w:rsidTr="007B005E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1963" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0071301E" w:rsidRPr="00C13C4D" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C13C4D">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Užtikrinti saugią, kokybišką socialinę/emocinę aplinką įvairių ugdymo(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C13C4D">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>si</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C13C4D">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">)   poreikių mokiniams. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0071301E" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3702" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0071301E" w:rsidRPr="00A564FA" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A564FA">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Prevencinių programų OLWEUS, ANTRAS ŽINGSNIS vykdymas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0071301E" w:rsidRPr="00A564FA" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A564FA">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Visi mokytojai, specialistai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0071301E" w:rsidRPr="00A564FA" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A564FA">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Visus metus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0071301E" w:rsidRPr="00A564FA" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A564FA">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Siekis sumažinti patyčių mastą, vykdyti prevencinę veiklą</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0071301E" w:rsidRPr="00547480" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0071301E" w:rsidRPr="00547480" w:rsidTr="007B005E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1963" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0071301E" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3702" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0071301E" w:rsidRPr="00A564FA" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Bendrų susitarimų ir taisyklių laikymasis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0071301E" w:rsidRPr="00A564FA" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Visi mokytojai ir pagalbos specialistai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0071301E" w:rsidRPr="00A564FA" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Visus metus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0071301E" w:rsidRPr="00A564FA" w:rsidRDefault="0071301E" w:rsidP="0071301E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Laikomasi bendrų susitarimų, taisyklių ir tvarkų, siekiant kiekvieno mokinio, darbuotojo emocinės gerovės. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0071301E" w:rsidRPr="00547480" w:rsidRDefault="0071301E" w:rsidP="0071301E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009379C4" w:rsidRPr="009379C4" w:rsidRDefault="009379C4" w:rsidP="009379C4">
+    <w:p w:rsidR="0067347F" w:rsidRPr="00547480" w:rsidRDefault="0067347F" w:rsidP="0067347F">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009379C4">
+      <w:r w:rsidRPr="00547480">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009379C4" w:rsidRPr="00BC2F9D" w:rsidRDefault="009379C4" w:rsidP="009379C4">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00BC2F9D">
+    <w:p w:rsidR="0067347F" w:rsidRDefault="0067347F" w:rsidP="0067347F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC42BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Vedami renginiai pagal gimnazijos renginių bei metodinių grupių planus. Dalyvaujama rajono, regiono, respublikos renginiuose, projektuose.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009379C4" w:rsidRPr="00BC2F9D" w:rsidRDefault="009379C4" w:rsidP="009379C4">
+    <w:p w:rsidR="00DC42BB" w:rsidRPr="00DC42BB" w:rsidRDefault="00DC42BB" w:rsidP="0067347F">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009379C4" w:rsidRPr="00BC2F9D" w:rsidRDefault="009379C4" w:rsidP="009379C4">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00BC2F9D">
+    <w:p w:rsidR="0067347F" w:rsidRPr="00DC42BB" w:rsidRDefault="0067347F" w:rsidP="0067347F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0067347F" w:rsidRPr="00DC42BB" w:rsidRDefault="0067347F" w:rsidP="0067347F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC42BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BC2F9D">
+      <w:r w:rsidRPr="00DC42BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BC2F9D">
+      <w:r w:rsidRPr="00DC42BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BC2F9D">
+      <w:r w:rsidRPr="00DC42BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Metodinės grupės pirmininkė     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC2F9D">
+      <w:r w:rsidRPr="00DC42BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BC2F9D">
+      <w:r w:rsidRPr="00DC42BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BC2F9D">
+      <w:r w:rsidRPr="00DC42BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC2F9D">
+      <w:r w:rsidRPr="00DC42BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00DC42BB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00DC42BB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DC42BB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Dalia Sakalauskienė</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00905433" w:rsidRPr="00BC2F9D" w:rsidRDefault="009379C4">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00BC2F9D">
+    <w:p w:rsidR="0067347F" w:rsidRPr="00DC42BB" w:rsidRDefault="0067347F" w:rsidP="0067347F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC42BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BC2F9D">
+      <w:r w:rsidRPr="00DC42BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BC2F9D">
+      <w:r w:rsidRPr="00DC42BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BC2F9D">
+      <w:r w:rsidRPr="00DC42BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BC2F9D">
+      <w:r w:rsidRPr="00DC42BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BC2F9D">
+      <w:r w:rsidRPr="00DC42BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BC2F9D">
+      <w:r w:rsidRPr="00DC42BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00DC42BB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00DC42BB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00DC42BB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DC42BB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">(parašas)           </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC2F9D">
+      <w:r w:rsidRPr="00DC42BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00DC42BB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DC42BB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>(vardas, pavardė)</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00905433" w:rsidRPr="00BC2F9D" w:rsidSect="00FB1DB5">
+    <w:p w:rsidR="00C75EDF" w:rsidRDefault="00C75EDF"/>
+    <w:sectPr w:rsidR="00C75EDF" w:rsidSect="00FB1DB5">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1701" w:right="1701" w:bottom="567" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -6278,50 +6852,317 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="20A50149"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9B5EE8C0"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="41AE020C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9B5EE8C0"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="4A3D5D39"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9B5EE8C0"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="54701BB3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DCA43CCE"/>
     <w:lvl w:ilvl="0" w:tplc="F386F208">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
@@ -6366,51 +7207,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="63921465"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9B5EE8C0"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -6455,158 +7296,275 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="6BF56DEB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9B5EE8C0"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009379C4"/>
-[...54 lines deleted...]
-    <w:rsid w:val="00FA5556"/>
+    <w:rsidRoot w:val="0067347F"/>
+    <w:rsid w:val="00034E26"/>
+    <w:rsid w:val="00051D27"/>
+    <w:rsid w:val="000A0BA4"/>
+    <w:rsid w:val="0011530E"/>
+    <w:rsid w:val="00133EC3"/>
+    <w:rsid w:val="00143B51"/>
+    <w:rsid w:val="001443BD"/>
+    <w:rsid w:val="00153538"/>
+    <w:rsid w:val="00173620"/>
+    <w:rsid w:val="0019286F"/>
+    <w:rsid w:val="001C7EEF"/>
+    <w:rsid w:val="002254D1"/>
+    <w:rsid w:val="00245CE1"/>
+    <w:rsid w:val="00280A87"/>
+    <w:rsid w:val="003B7BF1"/>
+    <w:rsid w:val="00487D2F"/>
+    <w:rsid w:val="004A4E7D"/>
+    <w:rsid w:val="004F175B"/>
+    <w:rsid w:val="004F29DF"/>
+    <w:rsid w:val="00535A47"/>
+    <w:rsid w:val="0053735A"/>
+    <w:rsid w:val="00547480"/>
+    <w:rsid w:val="005564DB"/>
+    <w:rsid w:val="0057304C"/>
+    <w:rsid w:val="0067347F"/>
+    <w:rsid w:val="006C5EBB"/>
+    <w:rsid w:val="006E2F73"/>
+    <w:rsid w:val="006F243C"/>
+    <w:rsid w:val="0071301E"/>
+    <w:rsid w:val="00725F81"/>
+    <w:rsid w:val="007D2ACC"/>
+    <w:rsid w:val="007D5B6E"/>
+    <w:rsid w:val="007E6D32"/>
+    <w:rsid w:val="008261A5"/>
+    <w:rsid w:val="008B0E8E"/>
+    <w:rsid w:val="008D2A62"/>
+    <w:rsid w:val="008F7CF0"/>
+    <w:rsid w:val="009227D2"/>
+    <w:rsid w:val="0095652C"/>
+    <w:rsid w:val="009A530F"/>
+    <w:rsid w:val="009B2846"/>
+    <w:rsid w:val="009D235B"/>
+    <w:rsid w:val="00A0041C"/>
+    <w:rsid w:val="00A2499C"/>
+    <w:rsid w:val="00A564FA"/>
+    <w:rsid w:val="00A619F2"/>
+    <w:rsid w:val="00A91A81"/>
+    <w:rsid w:val="00AC5EEB"/>
+    <w:rsid w:val="00AD48FA"/>
+    <w:rsid w:val="00AF6E65"/>
+    <w:rsid w:val="00BF7351"/>
+    <w:rsid w:val="00C13C4D"/>
+    <w:rsid w:val="00C351EB"/>
+    <w:rsid w:val="00C75EDF"/>
+    <w:rsid w:val="00CC7AF4"/>
+    <w:rsid w:val="00CD4CDF"/>
+    <w:rsid w:val="00D23936"/>
+    <w:rsid w:val="00D43FF7"/>
+    <w:rsid w:val="00D630FF"/>
+    <w:rsid w:val="00D64C48"/>
+    <w:rsid w:val="00D87AFB"/>
+    <w:rsid w:val="00D94907"/>
+    <w:rsid w:val="00DC42BB"/>
+    <w:rsid w:val="00DD2806"/>
+    <w:rsid w:val="00DD4249"/>
+    <w:rsid w:val="00E24547"/>
+    <w:rsid w:val="00E42557"/>
+    <w:rsid w:val="00F56D29"/>
+    <w:rsid w:val="00F83D3F"/>
+    <w:rsid w:val="00F86312"/>
+    <w:rsid w:val="00FC2100"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{47B3BD9C-C780-45BF-B539-A8F470EB59DB}"/>
+  <w15:docId w15:val="{42805604-65AE-47CA-A2F2-8BAD697FE317}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6959,128 +7917,127 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="009379C4"/>
+    <w:rsid w:val="0067347F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sraopastraipa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="prastasis"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="009379C4"/>
+    <w:rsid w:val="0067347F"/>
     <w:pPr>
       <w:ind w:left="1296"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
-    <w:rsid w:val="009379C4"/>
+    <w:rsid w:val="0067347F"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="lt-LT"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7300,90 +8257,74 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>11702</Characters>
+  <Pages>7</Pages>
+  <Words>2328</Words>
+  <Characters>13272</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>97</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>110</Lines>
+  <Paragraphs>31</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13727</CharactersWithSpaces>
+  <CharactersWithSpaces>15569</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Dalia Sakalauskiene</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>