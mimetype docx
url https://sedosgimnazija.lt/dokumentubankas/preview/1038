--- v0 (2025-10-31)
+++ v1 (2026-02-09)
@@ -1,5317 +1,4849 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00994731" w:rsidRDefault="00994731" w:rsidP="00994731">
+    <w:p w:rsidR="008C5769" w:rsidRDefault="008C5769" w:rsidP="003400CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5040" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">        </w:t>
-[...71 lines deleted...]
-        </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00994731" w:rsidRDefault="00994731" w:rsidP="00994731">
+    <w:p w:rsidR="008C5769" w:rsidRDefault="008C5769" w:rsidP="008C5769">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="003400CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:tab/>
+        <w:t xml:space="preserve">                            </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:tab/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">   Sedos Vytauto Mačernio gimnazijos </w:t>
+        <w:t xml:space="preserve">Sedos Vytauto Mačernio gimnazijos </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00994731" w:rsidRDefault="00994731" w:rsidP="00994731">
+    <w:p w:rsidR="00283176" w:rsidRDefault="008C5769" w:rsidP="00283176">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">                                              gimnazijos vadovo įsakymu </w:t>
+        <w:t xml:space="preserve">                              gimnazijos vadovo įsakymu </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00994731" w:rsidRDefault="00994731" w:rsidP="00994731">
+    <w:p w:rsidR="008C5769" w:rsidRPr="00283176" w:rsidRDefault="00283176" w:rsidP="00283176">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="4320"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">                                                                             </w:t>
+      </w:r>
+      <w:r w:rsidR="008C5769">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2026-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>2025- Nr. V1-</w:t>
+        <w:t>01-02</w:t>
+      </w:r>
+      <w:r w:rsidR="008C5769">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nr. V1-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>4</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00994731" w:rsidRDefault="00994731" w:rsidP="00994731">
+    <w:p w:rsidR="008C5769" w:rsidRDefault="008C5769" w:rsidP="008C5769">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3888"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00994731" w:rsidRDefault="00994731" w:rsidP="00994731">
+    <w:p w:rsidR="008C5769" w:rsidRDefault="008C5769" w:rsidP="008C5769">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SEDOS VYTAUTO MAČERNIO GIMNAZIJA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00994731" w:rsidRDefault="00994731" w:rsidP="00994731">
+    <w:p w:rsidR="008C5769" w:rsidRDefault="008C5769" w:rsidP="008C5769">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Gimnazijos renginių planas</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00994731" w:rsidRDefault="00994731" w:rsidP="00994731">
+    <w:p w:rsidR="008C5769" w:rsidRDefault="008C5769" w:rsidP="008C5769">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">2025 m.        </w:t>
+        <w:t xml:space="preserve">2026 m.        </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00994731" w:rsidRDefault="00994731" w:rsidP="00994731">
+    <w:p w:rsidR="008C5769" w:rsidRDefault="008C5769" w:rsidP="008C5769">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1283"/>
-        <w:gridCol w:w="5425"/>
-        <w:gridCol w:w="2642"/>
+        <w:gridCol w:w="5462"/>
+        <w:gridCol w:w="2605"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00994731" w:rsidRPr="00905B02" w:rsidTr="00493B1E">
+      <w:tr w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidTr="00C122BF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00994731" w:rsidRPr="00905B02" w:rsidRDefault="00994731" w:rsidP="00493B1E">
+          <w:p w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00905B02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Numatoma data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5687" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00994731" w:rsidRPr="00905B02" w:rsidRDefault="00994731" w:rsidP="00493B1E">
+          <w:p w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00905B02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Renginys</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00994731" w:rsidRPr="00905B02" w:rsidRDefault="00994731" w:rsidP="00493B1E">
+          <w:p w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00905B02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Atsakingi asmenys</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00994731" w:rsidRPr="00905B02" w:rsidTr="00493B1E">
+      <w:tr w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidTr="00C122BF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00994731" w:rsidRPr="00905B02" w:rsidRDefault="00994731" w:rsidP="00493B1E">
+          <w:p w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00905B02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sausis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5687" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994731" w:rsidRPr="00905B02" w:rsidRDefault="00994731" w:rsidP="00493B1E">
+          <w:p w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00905B02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Sausio 13-osios minėjimas „Atmintis gyva, nes liudija“</w:t>
-[...13 lines deleted...]
-          <w:p w:rsidR="00994731" w:rsidRPr="008D6E27" w:rsidRDefault="00994731" w:rsidP="00493B1E">
+              <w:t>Sausio 13-osios minėj</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>imas „Pergalės šviesa</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00905B02">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="008D6E27" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D6E27">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8-IV kl. vaikinų krepšinio varžybos</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00994731" w:rsidRPr="00905B02" w:rsidRDefault="00994731" w:rsidP="00493B1E">
-[...23 lines deleted...]
-          <w:p w:rsidR="00994731" w:rsidRPr="008D6E27" w:rsidRDefault="00994731" w:rsidP="00493B1E">
+          <w:p w:rsidR="008C5769" w:rsidRPr="008C5769" w:rsidRDefault="008C5769" w:rsidP="001450DA">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="008D6E27" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D6E27">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Integruota 7- I kl. gamtos mokslų mokyklinė olimpiada</w:t>
-[...30 lines deleted...]
-              </w:rPr>
               <w:t>Meninio skaitymo konkursas (5-IV klasės)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E26D57" w:rsidRDefault="00E26D57" w:rsidP="00493B1E">
-[...68 lines deleted...]
-              <w:t xml:space="preserve"> klasių anglų kalbos mokyklinis konkursas</w:t>
+          <w:p w:rsidR="008C5769" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00300026" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00765C6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I- II klasių anglų kalbos mokyklinis konkursas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994731" w:rsidRPr="0097265E" w:rsidRDefault="0097265E" w:rsidP="0097265E">
+          <w:p w:rsidR="008C5769" w:rsidRPr="0097265E" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Istorijos mokytojos</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00994731" w:rsidRPr="00905B02" w:rsidRDefault="00994731" w:rsidP="00493B1E">
-[...22 lines deleted...]
-          <w:p w:rsidR="00994731" w:rsidRPr="008D6E27" w:rsidRDefault="00994731" w:rsidP="00493B1E">
+          <w:p w:rsidR="008C5769" w:rsidRDefault="008C5769" w:rsidP="00AB0DFA">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="008D6E27" w:rsidRDefault="008C5769" w:rsidP="001450DA">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D6E27">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Fizinio ugdymo mokytojai</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00994731" w:rsidRPr="008D6E27" w:rsidRDefault="00994731" w:rsidP="00493B1E">
-[...11 lines deleted...]
-          <w:p w:rsidR="00994731" w:rsidRPr="008D6E27" w:rsidRDefault="00994731" w:rsidP="00493B1E">
+          <w:p w:rsidR="008C5769" w:rsidRPr="008D6E27" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D6E27">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Gamtos mokslų mokytojai</w:t>
-[...31 lines deleted...]
-              </w:rPr>
               <w:t>Lietuvių kalbos mokytojos</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E26D57" w:rsidRDefault="00E26D57" w:rsidP="00493B1E">
-[...11 lines deleted...]
-          <w:p w:rsidR="00E26D57" w:rsidRPr="00905B02" w:rsidRDefault="00E26D57" w:rsidP="00493B1E">
+          <w:p w:rsidR="008C5769" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Anglų kalbos mokytojos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00994731" w:rsidRPr="00905B02" w:rsidTr="00493B1E">
+      <w:tr w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidTr="00C122BF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00994731" w:rsidRPr="00905B02" w:rsidRDefault="00994731" w:rsidP="00493B1E">
+          <w:p w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidRDefault="008C5769" w:rsidP="00EB0CEC">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00905B02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Vasaris</w:t>
+              <w:t>Vasari</w:t>
+            </w:r>
+            <w:r w:rsidR="00170238">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>s</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5687" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994731" w:rsidRPr="00905B02" w:rsidRDefault="00994731" w:rsidP="00493B1E">
+          <w:p w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00905B02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vasario 16-osios minėjimas</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00994731" w:rsidRPr="00905B02" w:rsidRDefault="00994731" w:rsidP="00577E49">
-[...33 lines deleted...]
-            <w:r w:rsidRPr="0043021D">
+          <w:p w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="006A0827" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A0827">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Raštingumo konkursas, skirtas Vasario 16-ajai</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00994731" w:rsidRPr="00905B02" w:rsidRDefault="00994731" w:rsidP="00493B1E">
-[...65 lines deleted...]
-          <w:p w:rsidR="00994731" w:rsidRPr="0043021D" w:rsidRDefault="00994731" w:rsidP="00493B1E">
+          <w:p w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="008C5769" w:rsidRDefault="008C5769" w:rsidP="008A173E">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00171FB4" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0043021D">
+            <w:r w:rsidRPr="00171FB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tarpklasinės</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0043021D">
+            <w:r w:rsidRPr="00171FB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> krepšinio varžybos ( 7-8 kl. berniukai)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00994731" w:rsidRPr="00905B02" w:rsidRDefault="00994731" w:rsidP="00493B1E">
-[...23 lines deleted...]
-          <w:p w:rsidR="00994731" w:rsidRPr="001966AC" w:rsidRDefault="00994731" w:rsidP="00493B1E">
+          <w:p w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001966AC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Abiturientų šimtadienis</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00994731" w:rsidRPr="001966AC" w:rsidRDefault="00994731" w:rsidP="00493B1E">
-[...36 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="001450DA" w:rsidRDefault="001450DA" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001450DA" w:rsidRPr="001966AC" w:rsidRDefault="001450DA" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001450DA" w:rsidRPr="001450DA" w:rsidRDefault="001450DA" w:rsidP="001450DA">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001450DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Integruota 7- I kl. gamtos mokslų mokyklinė olimpiada</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="001450DA" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00630638" w:rsidRPr="00905B02" w:rsidRDefault="00630638" w:rsidP="008A173E">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="000C0A1B" w:rsidRDefault="008C5769" w:rsidP="000C0A1B">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001450DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5- 8 kl. matematikos olimpiada</w:t>
-            </w:r>
-[...64 lines deleted...]
-              <w:t>Tėvų laikas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994731" w:rsidRPr="00905B02" w:rsidRDefault="00577E49" w:rsidP="00577E49">
-[...38 lines deleted...]
-          <w:p w:rsidR="00994731" w:rsidRPr="0043021D" w:rsidRDefault="00994731" w:rsidP="00493B1E">
+          <w:p w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidRDefault="00132390" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Visuomeninio ugdymo ir saviraiškos grupė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRDefault="008C5769" w:rsidP="00132390">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="0043021D" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0043021D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Lietuvių kalbos mokytojos</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00994731" w:rsidRPr="0043021D" w:rsidRDefault="00994731" w:rsidP="00493B1E">
-[...10 lines deleted...]
-          <w:p w:rsidR="00994731" w:rsidRPr="0043021D" w:rsidRDefault="00994731" w:rsidP="00493B1E">
+          <w:p w:rsidR="008C5769" w:rsidRPr="0043021D" w:rsidRDefault="008C5769" w:rsidP="008A173E">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="0043021D" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0043021D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Pradinių klasių mokytojos</w:t>
-[...14 lines deleted...]
-          <w:p w:rsidR="00994731" w:rsidRPr="0043021D" w:rsidRDefault="00994731" w:rsidP="00493B1E">
+              <w:t>Fizinio ugdymo mokytojai</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="001966AC" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>R. Visockienė</w:t>
+            </w:r>
+            <w:r w:rsidR="00630638">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, P. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00630638">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Vinčaitė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00BD785C" w:rsidRDefault="00BD785C" w:rsidP="008A173E">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001450DA" w:rsidRPr="008D6E27" w:rsidRDefault="001450DA" w:rsidP="001450DA">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D6E27">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Gamtos mokslų mokytojai</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001450DA" w:rsidRDefault="001450DA" w:rsidP="008A173E">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001450DA" w:rsidRDefault="001450DA" w:rsidP="008A173E">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="000C0A1B" w:rsidRDefault="008C5769" w:rsidP="000C0A1B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0043021D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Fizinio ugdymo mokytojai</w:t>
-[...198 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">Matematikos </w:t>
+            </w:r>
+            <w:r w:rsidR="000C0A1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>mokytojai</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00341605" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00994731" w:rsidRPr="00905B02" w:rsidTr="00493B1E">
+      <w:tr w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidTr="008C5769">
+        <w:trPr>
+          <w:trHeight w:val="2684"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00994731" w:rsidRPr="00922CB7" w:rsidRDefault="00994731" w:rsidP="00493B1E">
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00922CB7" w:rsidRDefault="008C5769" w:rsidP="000C0A1B">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00922CB7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Kovas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5687" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994731" w:rsidRPr="00922CB7" w:rsidRDefault="00994731" w:rsidP="00A30E61">
+          <w:p w:rsidR="008C5769" w:rsidRPr="00171FB4" w:rsidRDefault="008C5769" w:rsidP="000C0A1B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00922CB7">
+            <w:r w:rsidRPr="00171FB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tarpklasinės</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00922CB7">
+            <w:r w:rsidRPr="00171FB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> tinklinio varžybos ( I-IV kl. merginos)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00994731" w:rsidRPr="00922CB7" w:rsidRDefault="00994731" w:rsidP="00493B1E">
-[...36 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00922CB7" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B14F74" w:rsidRDefault="00B14F74" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRDefault="00B14F74" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kaziuko</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mugė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B14F74" w:rsidRDefault="00B14F74" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="001450DA" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001450DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Žemės dienos minėjimas</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00994731" w:rsidRPr="00922CB7" w:rsidRDefault="00994731" w:rsidP="00493B1E">
-[...21 lines deleted...]
-            <w:r w:rsidRPr="00922CB7">
+          <w:p w:rsidR="008C5769" w:rsidRPr="008C5769" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00132390">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Lietuvos Nepriklausomybės atkūrimo dienos paminėjimas</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00994731" w:rsidRPr="00922CB7" w:rsidRDefault="00994731" w:rsidP="00493B1E">
-[...38 lines deleted...]
-              <w:t xml:space="preserve"> (globėjams, rūpintojams)</w:t>
+          <w:p w:rsidR="00214E61" w:rsidRDefault="00214E61" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00214E61" w:rsidRPr="00132390" w:rsidRDefault="00214E61" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Pradinių klasių mokinių meninio skaitymo konkursas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00214E61" w:rsidRPr="008C5769" w:rsidRDefault="00214E61" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00922CB7" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Atvirų durų diena tėvams (globėjams, rūpintojams)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994731" w:rsidRPr="0043021D" w:rsidRDefault="00994731" w:rsidP="00493B1E">
+          <w:p w:rsidR="008C5769" w:rsidRPr="0043021D" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0043021D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Fizinio ugdymo mokytojai</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00994731" w:rsidRPr="00905B02" w:rsidRDefault="00994731" w:rsidP="00493B1E">
-[...10 lines deleted...]
-          <w:p w:rsidR="00994731" w:rsidRPr="00511CEE" w:rsidRDefault="00994731" w:rsidP="00493B1E">
+          <w:p w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B14F74" w:rsidRDefault="00B14F74" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">G. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Vainutienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00B14F74" w:rsidRDefault="00B14F74" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00511CEE" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00511CEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">V. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00511CEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Katkuvienė</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00994731" w:rsidRPr="00905B02" w:rsidRDefault="00994731" w:rsidP="00493B1E">
-[...19 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00132390" w:rsidRPr="00905B02" w:rsidRDefault="00132390" w:rsidP="00132390">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Visuomeninio ugdymo ir saviraiškos grupė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00214E61" w:rsidRDefault="00214E61" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">R. </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>R.Montrimienė</w:t>
+              <w:t>Urnėžienė</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00503ED1">
-[...28 lines deleted...]
-          <w:p w:rsidR="00341605" w:rsidRPr="00300026" w:rsidRDefault="00877272" w:rsidP="00300026">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, L. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Milieškienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00214E61" w:rsidRDefault="00214E61" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00300026" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Administracija, mokytojai, specialistai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00994731" w:rsidRPr="00905B02" w:rsidTr="00493B1E">
+      <w:tr w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidTr="00C122BF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00994731" w:rsidRPr="00905B02" w:rsidRDefault="00994731" w:rsidP="00493B1E">
+          <w:p w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00511CEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Balandis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5687" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994731" w:rsidRPr="00511CEE" w:rsidRDefault="00994731" w:rsidP="00493B1E">
-[...51 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00FB1774" w:rsidRDefault="00171FB4" w:rsidP="00FB1774">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00171FB4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Balandis- sveikatos mėnuo</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidRDefault="00FB1774" w:rsidP="00FB1774">
+            <w:pPr>
+              <w:pStyle w:val="prastasiniatinklio"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:rPr>
-[...5 lines deleted...]
-              <w:t>tinklaveika</w:t>
+              <w:t>Tėvų</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00994731" w:rsidRPr="00A929FA">
-[...31 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:rPr>
-[...5 lines deleted...]
-              <w:t>Lyderiukų</w:t>
+              <w:t>konferencija</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:rPr>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> forumas</w:t>
+              <w:t xml:space="preserve"> " </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rytojaus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> tėvai'26"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994731" w:rsidRPr="00511CEE" w:rsidRDefault="00994731" w:rsidP="00493B1E">
-[...13 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00511CEE" w:rsidRDefault="00171FB4" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">S. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Vaičiuvienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRDefault="008C5769" w:rsidP="004F6633">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00321602" w:rsidRPr="00300026" w:rsidRDefault="00FB1774" w:rsidP="00FB1774">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">V. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00511CEE">
-[...6 lines deleted...]
-              <w:t>Šakiniūtė</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Bružienė</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...60 lines deleted...]
-              <w:t xml:space="preserve">E. </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, E. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00370303">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Šmitienė</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00994731" w:rsidRPr="00905B02" w:rsidTr="00493B1E">
+      <w:tr w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidTr="00C122BF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00994731" w:rsidRPr="00905B02" w:rsidRDefault="00994731" w:rsidP="00493B1E">
+          <w:p w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00511CEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Gegužė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5687" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994731" w:rsidRPr="00511CEE" w:rsidRDefault="00994731" w:rsidP="002F0112">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00511CEE">
+          <w:p w:rsidR="008C5769" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F6633">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Europos egzaminas</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00994731" w:rsidRPr="00905B02" w:rsidRDefault="00994731" w:rsidP="00493B1E">
-[...27 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="006A34A3" w:rsidRPr="00894646" w:rsidRDefault="00894646" w:rsidP="00894646">
+            <w:pPr>
+              <w:pStyle w:val="prastasiniatinklio"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Regioninis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CB5D5D">
-[...31 lines deleted...]
-            <w:r w:rsidRPr="00475265">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>renginys</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> "Mano </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>knyga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006A34A3" w:rsidRDefault="006A34A3" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Pradinių klasių mokinių sporto šventė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006A34A3" w:rsidRPr="004F6633" w:rsidRDefault="006A34A3" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="008C5769" w:rsidRDefault="008C5769" w:rsidP="00B155A4">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="008A173E" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A173E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ketvirtokų palydos į penktą klasę</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00994731" w:rsidRPr="00905B02" w:rsidRDefault="00994731" w:rsidP="00493B1E">
-[...79 lines deleted...]
-            <w:r w:rsidRPr="00495B50">
+          <w:p w:rsidR="008C5769" w:rsidRPr="008C5769" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="008C5769" w:rsidRDefault="008C5769" w:rsidP="008A173E">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="004F6633" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F6633">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Paskutinio skambučio šventė</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002B1F5D" w:rsidRPr="00495B50" w:rsidRDefault="002B1F5D" w:rsidP="002B1F5D">
-[...10 lines deleted...]
-          <w:p w:rsidR="00994731" w:rsidRPr="00905B02" w:rsidRDefault="00994731" w:rsidP="00493B1E">
+          <w:p w:rsidR="008C5769" w:rsidRPr="00495B50" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994731" w:rsidRPr="00511CEE" w:rsidRDefault="00994731" w:rsidP="002F0112">
+          <w:p w:rsidR="008C5769" w:rsidRPr="00511CEE" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00511CEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>R. Montrimienė</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00994731" w:rsidRPr="00905B02" w:rsidRDefault="00994731" w:rsidP="00493B1E">
-[...43 lines deleted...]
-          <w:p w:rsidR="00994731" w:rsidRPr="00475265" w:rsidRDefault="00994731" w:rsidP="00493B1E">
+          <w:p w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00894646" w:rsidRDefault="00894646" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">V. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Bružienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, E. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Šmitienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00894646" w:rsidRDefault="00894646" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006A34A3" w:rsidRDefault="006A34A3" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Nugarienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, A. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Andriekienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidRDefault="008C5769" w:rsidP="00B155A4">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="008A173E" w:rsidRDefault="008C5769" w:rsidP="008A173E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00475265">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pradinių klasių mokytojos</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00994731" w:rsidRPr="00905B02" w:rsidRDefault="00994731" w:rsidP="00493B1E">
-[...62 lines deleted...]
-              <w:t xml:space="preserve">Z. </w:t>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00341605" w:rsidRDefault="00DA5D24" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>R. Visockienė</w:t>
+            </w:r>
+            <w:r w:rsidR="008C5769">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, V. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...19 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="008C5769">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Raišutienė</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00994731" w:rsidRPr="00905B02" w:rsidTr="00493B1E">
+      <w:tr w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidTr="00C122BF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00994731" w:rsidRPr="00905B02" w:rsidRDefault="00994731" w:rsidP="00493B1E">
+          <w:p w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00475265">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Birželis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5687" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994731" w:rsidRPr="00F63B17" w:rsidRDefault="00F63B17" w:rsidP="00FA7B00">
+          <w:p w:rsidR="008C5769" w:rsidRPr="00F63B17" w:rsidRDefault="00283176" w:rsidP="00C122BF">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="111"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F63B17">
-[...31 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Mokyklos</w:t>
+            </w:r>
+            <w:r w:rsidR="008C5769">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir poeto V. Mačernio 105</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD6249">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-asis jubiliejus (06-05)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00F63B17" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00471A98" w:rsidRDefault="00FB6DFB" w:rsidP="00471A98">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F63B17">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="007418FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>8-II klasių konferencija „Mokausi tyrinėdamas“</w:t>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>8-I</w:t>
+            </w:r>
+            <w:r w:rsidR="008C5769" w:rsidRPr="007418FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-            </w:pPr>
-[...77 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve"> klasių konferencija „Mokausi tyrinėdamas“</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994731" w:rsidRPr="00F63B17" w:rsidRDefault="00F63B17" w:rsidP="00493B1E">
+          <w:p w:rsidR="008C5769" w:rsidRPr="00F63B17" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F63B17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lietuvių kalbos </w:t>
-[...20 lines deleted...]
-          <w:p w:rsidR="00994731" w:rsidRDefault="000173EC" w:rsidP="00493B1E">
+              <w:t>Lietuvių kalbos mokytojos</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00F63B17" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Projektų vadovai</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000173EC" w:rsidRDefault="000173EC" w:rsidP="00493B1E">
-[...91 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="008C5769" w:rsidRPr="002B1F5D" w:rsidRDefault="008C5769" w:rsidP="00471A98">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00994731" w:rsidRPr="00905B02" w:rsidTr="00493B1E">
+      <w:tr w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidTr="00C122BF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00994731" w:rsidRPr="00905B02" w:rsidRDefault="00994731" w:rsidP="00493B1E">
+          <w:p w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00475265">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Rugsėjis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5687" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994731" w:rsidRDefault="00994731" w:rsidP="00493B1E">
+          <w:p w:rsidR="008C5769" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B48E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mokslo ir žinių dienos šventė (09-01)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00994731" w:rsidRPr="007B48E3" w:rsidRDefault="00994731" w:rsidP="00493B1E">
-[...87 lines deleted...]
-          <w:p w:rsidR="001D430D" w:rsidRDefault="00994731" w:rsidP="00493B1E">
+          <w:p w:rsidR="008C5769" w:rsidRPr="007B48E3" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00765C6E" w:rsidRDefault="00765C6E" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00765C6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Europos kalbų diena</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00AD6249" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00E27153" w:rsidRDefault="00E27153" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Tyrėjų naktis- 2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005D2346" w:rsidRPr="00BD36EE" w:rsidRDefault="008C5769" w:rsidP="00BD36EE">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00905B02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00994731" w:rsidRPr="00FE23A4" w:rsidRDefault="00994731" w:rsidP="00493B1E">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00FE23A4">
+          <w:p w:rsidR="008C5769" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C60C4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Sporto šventė </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00994731" w:rsidRDefault="00994731" w:rsidP="00493B1E">
-[...23 lines deleted...]
-            <w:r w:rsidRPr="008A65EA">
+          <w:p w:rsidR="00471A98" w:rsidRPr="00C60C4A" w:rsidRDefault="00471A98" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00C60C4A" w:rsidRDefault="008C5769" w:rsidP="00471A98">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C60C4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>„Atmintis gyva“ Lietuvos žydų genocido dienai paminėti</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00994731" w:rsidRPr="00905B02" w:rsidRDefault="00994731" w:rsidP="00493B1E">
-[...22 lines deleted...]
-            <w:r w:rsidRPr="00FE23A4">
+          <w:p w:rsidR="008C5769" w:rsidRPr="00AD6249" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="000C7260" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C7260">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Akcija WC</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00857DB2" w:rsidRDefault="00857DB2" w:rsidP="00493B1E">
-[...22 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="005D2346" w:rsidRDefault="005D2346" w:rsidP="00B516DF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00700FEB" w:rsidRDefault="00700FEB" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00EB0CEC" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB0CEC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Gimnazistų krikštynos</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00105099" w:rsidRDefault="00105099" w:rsidP="00493B1E">
-[...25 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00AD6249" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00765C6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mokyklinė I- IV klasių matematikos olimpiada</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994731" w:rsidRPr="007B48E3" w:rsidRDefault="00994731" w:rsidP="00493B1E">
+          <w:p w:rsidR="008C5769" w:rsidRPr="007B48E3" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B48E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>D. Sakalauskienė</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00994731" w:rsidRDefault="00994731" w:rsidP="00493B1E">
-[...10 lines deleted...]
-          <w:p w:rsidR="00994731" w:rsidRPr="006B5938" w:rsidRDefault="00994731" w:rsidP="00493B1E">
+          <w:p w:rsidR="008C5769" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="006B5938" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B5938">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Užsienio kalbų mokytojai</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00994731" w:rsidRPr="00905B02" w:rsidRDefault="00994731" w:rsidP="00493B1E">
-[...11 lines deleted...]
-          <w:p w:rsidR="00994731" w:rsidRPr="004167E6" w:rsidRDefault="00767369" w:rsidP="00493B1E">
+          <w:p w:rsidR="008C5769" w:rsidRDefault="008C5769" w:rsidP="008A173E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Gamtos mokslų mokytojos</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00994731" w:rsidRDefault="007B2543" w:rsidP="003C79E0">
-[...29 lines deleted...]
-            <w:r w:rsidR="00994731" w:rsidRPr="00FE23A4">
+          <w:p w:rsidR="005D2346" w:rsidRPr="004167E6" w:rsidRDefault="005D2346" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRDefault="00C60C4A" w:rsidP="005D2346">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>R. Visockienė</w:t>
+            </w:r>
+            <w:r w:rsidR="008C5769" w:rsidRPr="00FE23A4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, A. Žukauskas</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00994731" w:rsidRPr="00FE23A4" w:rsidRDefault="00994731" w:rsidP="00493B1E">
-[...11 lines deleted...]
-          <w:p w:rsidR="00994731" w:rsidRPr="008A65EA" w:rsidRDefault="001D430D" w:rsidP="00493B1E">
+          <w:p w:rsidR="008C5769" w:rsidRPr="00FE23A4" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="008A65EA" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Istorijos mokytojos</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001D430D" w:rsidRDefault="001D430D" w:rsidP="00493B1E">
-[...23 lines deleted...]
-              <w:spacing w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00471A98" w:rsidRDefault="00471A98" w:rsidP="00EB0CEC">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00471A98" w:rsidRDefault="00471A98" w:rsidP="005D2346">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRDefault="008C5769" w:rsidP="005D2346">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE23A4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Klasių vadovai</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, mokinių taryba</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00994731" w:rsidRDefault="00857DB2" w:rsidP="00493B1E">
-[...39 lines deleted...]
-          <w:p w:rsidR="00105099" w:rsidRPr="00300026" w:rsidRDefault="00105099" w:rsidP="00300026">
+          <w:p w:rsidR="005D2346" w:rsidRPr="00FE23A4" w:rsidRDefault="005D2346" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRDefault="00C60C4A" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>R. Visockienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00300026" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Matematikos mokytojos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00994731" w:rsidRPr="00905B02" w:rsidTr="00493B1E">
+      <w:tr w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidTr="00C122BF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00994731" w:rsidRPr="008A65EA" w:rsidRDefault="00994731" w:rsidP="00493B1E">
+          <w:p w:rsidR="008C5769" w:rsidRPr="008A65EA" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A65EA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Spalis </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5687" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994731" w:rsidRPr="008A65EA" w:rsidRDefault="00994731" w:rsidP="00493B1E">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008A65EA">
+          <w:p w:rsidR="008C5769" w:rsidRPr="00F60E3B" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F60E3B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Poeto Vytauto Mačernio žūties diena.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00994731" w:rsidRPr="008A65EA" w:rsidRDefault="00994731" w:rsidP="00493B1E">
-[...20 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00AD6249" w:rsidRDefault="008C5769" w:rsidP="008A7B52">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="008819C0" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008819C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spalis- </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008A65EA">
-[...6 lines deleted...]
-              <w:t>Tarpklasinės</w:t>
+            <w:r w:rsidRPr="008819C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>disleksijos</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="008A65EA">
-[...64 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="008819C0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> mėnuo</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E93CFE" w:rsidRDefault="00E93CFE" w:rsidP="00493B1E">
-[...22 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00AD6249" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="005F4337" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4337">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Penktokų krikštynos</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E93CFE" w:rsidRDefault="00E93CFE" w:rsidP="00493B1E">
-[...22 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00AD6249" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="003A2F9D" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A2F9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Savivaldos diena</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E93CFE" w:rsidRPr="008A65EA" w:rsidRDefault="00E93CFE" w:rsidP="00493B1E">
+          <w:p w:rsidR="00BA0DF2" w:rsidRDefault="00BA0DF2" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BA0DF2" w:rsidRDefault="00BA0DF2" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BA0DF2" w:rsidRPr="00BA0DF2" w:rsidRDefault="00BA0DF2" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA0DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Pradinukų šventė „Rudens taku“</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="008A65EA" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994731" w:rsidRPr="008A65EA" w:rsidRDefault="00994731" w:rsidP="00493B1E">
+          <w:p w:rsidR="008C5769" w:rsidRPr="008A65EA" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A65EA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Lituanistės</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00994731" w:rsidRPr="008A65EA" w:rsidRDefault="00994731" w:rsidP="00493B1E">
-[...44 lines deleted...]
-          <w:p w:rsidR="00E93CFE" w:rsidRDefault="00E93CFE" w:rsidP="00493B1E">
+          <w:p w:rsidR="008C5769" w:rsidRDefault="008C5769" w:rsidP="008A7B52">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">V. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Bružienė</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00E93CFE" w:rsidRDefault="00E93CFE" w:rsidP="00493B1E">
-[...11 lines deleted...]
-          <w:p w:rsidR="00E93CFE" w:rsidRPr="00E93CFE" w:rsidRDefault="00E93CFE" w:rsidP="00E93CFE">
+          <w:p w:rsidR="008C5769" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="005F4337" w:rsidRDefault="005F4337" w:rsidP="005F4337">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">R. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Makreckienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
-              <w:numPr>
-[...10 lines deleted...]
-            </w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="1080"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="003A2F9D" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A2F9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D. Sakalauskienė</w:t>
+            </w:r>
+            <w:r w:rsidR="008D3152" w:rsidRPr="003A2F9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, R. Visockienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA0DF2" w:rsidRDefault="00BA0DF2" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BA0DF2" w:rsidRPr="00E93CFE" w:rsidRDefault="00BA0DF2" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA0DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I. </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E93CFE">
-[...6 lines deleted...]
-              <w:t>Zozienė</w:t>
+            <w:r w:rsidRPr="00BA0DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Pačerinskienė</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...45 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA0DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, I. Noreikienė</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00994731" w:rsidRPr="00905B02" w:rsidTr="00493B1E">
+      <w:tr w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidTr="00C122BF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00994731" w:rsidRPr="00905B02" w:rsidRDefault="00994731" w:rsidP="00493B1E">
+          <w:p w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A65EA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Lapkritis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5687" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994731" w:rsidRPr="008A65EA" w:rsidRDefault="00994731" w:rsidP="00493B1E">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="008A65EA">
+          <w:p w:rsidR="008C5769" w:rsidRPr="008D3152" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D3152">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pyragų diena</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00994731" w:rsidRPr="008A65EA" w:rsidRDefault="00994731" w:rsidP="00493B1E">
-[...22 lines deleted...]
-            <w:r w:rsidRPr="008A65EA">
+          <w:p w:rsidR="008C5769" w:rsidRPr="00AD6249" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00653ECB" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653ECB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tarptautinė tolerancijos diena</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00994731" w:rsidRPr="008A65EA" w:rsidRDefault="00994731" w:rsidP="00493B1E">
-[...33 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="001450DA" w:rsidRDefault="001450DA" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001450DA" w:rsidRPr="00AD6249" w:rsidRDefault="001450DA" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001450DA" w:rsidRPr="00A85A6A" w:rsidRDefault="001450DA" w:rsidP="001450DA">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A85A6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Nacionalinė karjeros savaitė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00A85A6A" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00A85A6A" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="006A33FE" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A33FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Atvirų durų diena tėvams (globėjams, rūpintojams)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00370303" w:rsidRPr="008A65EA" w:rsidRDefault="00370303" w:rsidP="00370303">
+          <w:p w:rsidR="008C5769" w:rsidRPr="008A65EA" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994731" w:rsidRPr="008A65EA" w:rsidRDefault="00994731" w:rsidP="00493B1E">
+          <w:p w:rsidR="008C5769" w:rsidRPr="008A65EA" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A65EA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mokinių taryba</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00994731" w:rsidRPr="008A65EA" w:rsidRDefault="00994731" w:rsidP="00493B1E">
-[...44 lines deleted...]
-          <w:p w:rsidR="00370303" w:rsidRPr="008A65EA" w:rsidRDefault="00370303" w:rsidP="00300026">
+          <w:p w:rsidR="008C5769" w:rsidRPr="008A65EA" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="008A65EA" w:rsidRDefault="00653ECB" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Švietimo pagalbos teikėjų metodinė grupė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001450DA" w:rsidRDefault="001450DA" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Steponkevičienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="001450DA" w:rsidRPr="008A65EA" w:rsidRDefault="001450DA" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="008A65EA" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Administracija, mokytojai, specialistai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00994731" w:rsidRPr="00905B02" w:rsidTr="00493B1E">
+      <w:tr w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidTr="00C122BF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00994731" w:rsidRPr="00905B02" w:rsidRDefault="00994731" w:rsidP="00493B1E">
+          <w:p w:rsidR="008C5769" w:rsidRPr="00905B02" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004167E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Gruodis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5687" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994731" w:rsidRDefault="00994731" w:rsidP="00686B40">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="004167E6">
+          <w:p w:rsidR="008C5769" w:rsidRPr="00640D43" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00640D43">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Akcija „Papuoškim gimnaziją </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004167E6">
+            <w:r w:rsidRPr="00640D43">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>šv.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004167E6">
+            <w:r w:rsidRPr="00640D43">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Kalėdoms“</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005A64CF" w:rsidRPr="004167E6" w:rsidRDefault="005A64CF" w:rsidP="00686B40">
-[...22 lines deleted...]
-          <w:p w:rsidR="00994731" w:rsidRPr="004167E6" w:rsidRDefault="005A64CF" w:rsidP="005A64CF">
+          <w:p w:rsidR="008C5769" w:rsidRPr="00AD6249" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00AD6249" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00765636" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00765636">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Adventiniai</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00765636">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> skaitymai „Kalėdų laukimas skaitant“ (1-4 kl.)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00994731" w:rsidRPr="004167E6" w:rsidRDefault="00994731" w:rsidP="00493B1E">
-[...17 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00AD6249" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00AD6249" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004167E6">
+            <w:r w:rsidRPr="00B201DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Adventinis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004167E6">
+            <w:r w:rsidRPr="00B201DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004167E6">
+            <w:r w:rsidRPr="00B201DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>rytmetys</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004167E6">
+            <w:r w:rsidRPr="00B201DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> pradinukams</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00994731" w:rsidRPr="004167E6" w:rsidRDefault="00994731" w:rsidP="00493B1E">
-[...11 lines deleted...]
-          <w:p w:rsidR="00994731" w:rsidRPr="004167E6" w:rsidRDefault="00994731" w:rsidP="00493B1E">
+          <w:p w:rsidR="008C5769" w:rsidRPr="00AD6249" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004167E6">
+            <w:r w:rsidRPr="007A23C2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tarpklasinės</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004167E6">
+            <w:r w:rsidRPr="007A23C2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> krepšinio varžybos ( I-IV kl.)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00994731" w:rsidRPr="004167E6" w:rsidRDefault="00994731" w:rsidP="00493B1E">
-[...50 lines deleted...]
-              <w:t>„Kalėdų belaukiant...“</w:t>
+          <w:p w:rsidR="00A85A6A" w:rsidRDefault="00A85A6A" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A85A6A" w:rsidRDefault="00A85A6A" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A85A6A" w:rsidRPr="007A23C2" w:rsidRDefault="00A85A6A" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Nacionalinis moksleivių čempionatas „Makaronų tiltai 2027“</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="00AD6249" w:rsidRDefault="008C5769" w:rsidP="00E3627B">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="004167E6" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA7AD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Renginys „Kalėdų belaukiant...“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00994731" w:rsidRPr="004167E6" w:rsidRDefault="00994731" w:rsidP="00686B40">
+          <w:p w:rsidR="008C5769" w:rsidRPr="004167E6" w:rsidRDefault="00C11606" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I. Lileikienė, D. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Purkėnas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="004167E6" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">V. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Bružienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="004167E6" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="004167E6" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004167E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Dailės ir techno</w:t>
-[...41 lines deleted...]
-              <w:t xml:space="preserve">V. </w:t>
+              <w:t>L. Kazragienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="004167E6" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="004167E6" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004167E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Fizinio ugdymo mokytojai</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="004167E6" w:rsidRDefault="008C5769" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A85A6A" w:rsidRDefault="00A85A6A" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Bružienė</w:t>
+              <w:t>Zozienė</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00994731" w:rsidRPr="004167E6" w:rsidRDefault="00994731" w:rsidP="00493B1E">
-[...89 lines deleted...]
-          <w:p w:rsidR="00994731" w:rsidRPr="004167E6" w:rsidRDefault="00994731" w:rsidP="00341605">
+          <w:p w:rsidR="00A85A6A" w:rsidRDefault="00A85A6A" w:rsidP="00C122BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008C5769" w:rsidRPr="004167E6" w:rsidRDefault="008C5769" w:rsidP="00EE0805">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004167E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mokinių taryba, klasių vadovai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00994731" w:rsidRPr="000066C0" w:rsidRDefault="00994731" w:rsidP="00994731">
+    <w:p w:rsidR="008C5769" w:rsidRPr="000066C0" w:rsidRDefault="008C5769" w:rsidP="008C5769">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00905B02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000066C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Per mokslo metus:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00994731" w:rsidRPr="000066C0" w:rsidRDefault="005C26A5" w:rsidP="00994731">
+    <w:p w:rsidR="008C5769" w:rsidRPr="000066C0" w:rsidRDefault="008C5769" w:rsidP="008C5769">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Dalyvavimas įvairiuose</w:t>
       </w:r>
-      <w:r w:rsidR="00994731" w:rsidRPr="000066C0">
+      <w:r w:rsidRPr="000066C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> konkursuose</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00994731" w:rsidRDefault="00994731" w:rsidP="00994731">
+    <w:p w:rsidR="008C5769" w:rsidRDefault="008C5769" w:rsidP="008C5769">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Mokomieji teatro pr</w:t>
-[...7 lines deleted...]
-        <w:t>ojektai, spektakliai, koncertai, susitikimai, diskusijos.</w:t>
+        <w:t>Mokomieji teatro projektai, spektakliai, koncertai, susitikimai, diskusijos.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00994731" w:rsidRDefault="00994731" w:rsidP="00994731">
+    <w:p w:rsidR="008C5769" w:rsidRDefault="008C5769" w:rsidP="008C5769">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0045389D" w:rsidRPr="00341605" w:rsidRDefault="00994731" w:rsidP="00341605">
+    <w:p w:rsidR="008C5769" w:rsidRPr="00341605" w:rsidRDefault="008C5769" w:rsidP="008C5769">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Direktorės pavaduotoja ugdymui</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Dalia Sakalauskienė</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="0045389D" w:rsidRPr="00341605">
+    <w:p w:rsidR="00811590" w:rsidRPr="008C5769" w:rsidRDefault="00811590" w:rsidP="008C5769"/>
+    <w:sectPr w:rsidR="00811590" w:rsidRPr="008C5769">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="0B0E4EBF"/>
-[...265 lines deleted...]
-  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="439738CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="941C8154"/>
     <w:lvl w:ilvl="0" w:tplc="0427000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5353,140 +4885,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
-[...88 lines deleted...]
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="7C855D18"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F47CDAB0"/>
     <w:lvl w:ilvl="0" w:tplc="E4902E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -5532,170 +4975,185 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="0"/>
-[...7 lines deleted...]
-  <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00994731"/>
-[...31 lines deleted...]
-    <w:rsid w:val="00FA7B00"/>
+    <w:rsidRoot w:val="008C5769"/>
+    <w:rsid w:val="000C0A1B"/>
+    <w:rsid w:val="000C7260"/>
+    <w:rsid w:val="000D6EC8"/>
+    <w:rsid w:val="00132390"/>
+    <w:rsid w:val="001450DA"/>
+    <w:rsid w:val="00170238"/>
+    <w:rsid w:val="00171FB4"/>
+    <w:rsid w:val="00214E61"/>
+    <w:rsid w:val="00283176"/>
+    <w:rsid w:val="00321602"/>
+    <w:rsid w:val="003400CD"/>
+    <w:rsid w:val="003A2F9D"/>
+    <w:rsid w:val="00471A98"/>
+    <w:rsid w:val="004F6633"/>
+    <w:rsid w:val="005D2346"/>
+    <w:rsid w:val="005F4337"/>
+    <w:rsid w:val="00630638"/>
+    <w:rsid w:val="00640D43"/>
+    <w:rsid w:val="00653ECB"/>
+    <w:rsid w:val="006A0827"/>
+    <w:rsid w:val="006A33FE"/>
+    <w:rsid w:val="006A34A3"/>
+    <w:rsid w:val="00700FEB"/>
+    <w:rsid w:val="007418FF"/>
+    <w:rsid w:val="00765636"/>
+    <w:rsid w:val="00765C6E"/>
+    <w:rsid w:val="007A23C2"/>
+    <w:rsid w:val="00811590"/>
+    <w:rsid w:val="008819C0"/>
+    <w:rsid w:val="00894646"/>
+    <w:rsid w:val="008A173E"/>
+    <w:rsid w:val="008A7B52"/>
+    <w:rsid w:val="008C5769"/>
+    <w:rsid w:val="008D3152"/>
+    <w:rsid w:val="00A85A6A"/>
+    <w:rsid w:val="00A8661A"/>
+    <w:rsid w:val="00A92EAD"/>
+    <w:rsid w:val="00AB0DFA"/>
+    <w:rsid w:val="00AD6249"/>
+    <w:rsid w:val="00B14F74"/>
+    <w:rsid w:val="00B155A4"/>
+    <w:rsid w:val="00B201DA"/>
+    <w:rsid w:val="00B516DF"/>
+    <w:rsid w:val="00BA0DF2"/>
+    <w:rsid w:val="00BD36EE"/>
+    <w:rsid w:val="00BD785C"/>
+    <w:rsid w:val="00C11606"/>
+    <w:rsid w:val="00C60C4A"/>
+    <w:rsid w:val="00C96FB1"/>
+    <w:rsid w:val="00DA5D24"/>
+    <w:rsid w:val="00E27153"/>
+    <w:rsid w:val="00E3627B"/>
+    <w:rsid w:val="00E6780E"/>
+    <w:rsid w:val="00EB0CEC"/>
+    <w:rsid w:val="00EE0805"/>
+    <w:rsid w:val="00F60E3B"/>
+    <w:rsid w:val="00FA7AD6"/>
+    <w:rsid w:val="00FB1774"/>
+    <w:rsid w:val="00FB6DFB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{A251E6BF-6BE6-4D03-9D75-62CE29470327}"/>
+  <w15:docId w15:val="{681EE39E-0E95-42CB-BCDD-CEA7226B278B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6048,161 +5506,174 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002B1F5D"/>
+    <w:rsid w:val="008C5769"/>
     <w:pPr>
       <w:spacing w:line="254" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="lt-LT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sraopastraipa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="prastasis"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00994731"/>
+    <w:rsid w:val="008C5769"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Lentelstinklelis">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="prastojilentel"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00994731"/>
+    <w:rsid w:val="008C5769"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="lt-LT"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Debesliotekstas">
-    <w:name w:val="Balloon Text"/>
+  <w:style w:type="paragraph" w:styleId="prastasiniatinklio">
+    <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="prastasis"/>
-    <w:link w:val="DebesliotekstasDiagrama"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007B2543"/>
+    <w:rsid w:val="00FB1774"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...15 lines deleted...]
-      <w:lang w:val="lt-LT"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:divs>
+    <w:div w:id="883753937">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1291470113">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -6433,71 +5904,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3141</Characters>
+  <Pages>4</Pages>
+  <Words>541</Words>
+  <Characters>3087</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
+  <Lines>25</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3685</CharactersWithSpaces>
+  <CharactersWithSpaces>3621</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Dalia Sakalauskiene</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>